--- v0 (2025-10-12)
+++ v1 (2025-12-26)
@@ -1,126 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="52F00171" w14:textId="77777777" w:rsidR="008C4AA2" w:rsidRDefault="008C4AA2" w:rsidP="00FB6730">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7180BA0B" w14:textId="0C6C0853" w:rsidR="00FB6730" w:rsidRPr="007B1D48" w:rsidRDefault="00FB6730" w:rsidP="00FB6730">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="44546A" w:themeColor="text2"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B1D48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="44546A" w:themeColor="text2"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministerul Educaţiei </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B1D48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="44546A" w:themeColor="text2"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>și</w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>și Cercetării</w:t>
+      </w:r>
       <w:r w:rsidRPr="007B1D48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="44546A" w:themeColor="text2"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
         <w:t xml:space="preserve"> al Republicii Moldova</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="726E393F" w14:textId="77777777" w:rsidR="00FB6730" w:rsidRPr="00ED7118" w:rsidRDefault="00FB6730" w:rsidP="00FB6730">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09970C78" w14:textId="77777777" w:rsidR="00FB6730" w:rsidRPr="007B1D48" w:rsidRDefault="00FB6730" w:rsidP="00FB6730">
@@ -570,67 +543,67 @@
         </w:rPr>
         <w:t>A verificat:</w:t>
       </w:r>
       <w:r w:rsidRPr="007B1D48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">                                         </w:t>
       </w:r>
       <w:r w:rsidRPr="007B1D48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F0CB6C7" w14:textId="5E50CFCB" w:rsidR="00FB6730" w:rsidRPr="00ED7118" w:rsidRDefault="0043184E" w:rsidP="00FB6730">
+    <w:p w14:paraId="3F0CB6C7" w14:textId="3FC1ECBB" w:rsidR="00FB6730" w:rsidRPr="00ED7118" w:rsidRDefault="00AB3F88" w:rsidP="00FB6730">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
-        <w:t xml:space="preserve">Asist. univ. </w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00FB6730" w:rsidRPr="00ED7118">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FB6730" w:rsidRPr="00ED7118">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FB6730" w:rsidRPr="00ED7118">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="ro-RO"/>
@@ -666,583 +639,469 @@
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="004D7664" w:rsidRPr="00ED7118">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="000947E9" w:rsidRPr="00ED7118">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="en-US"/>
-[...22 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Nume Prenume</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1200A92B" w14:textId="77777777" w:rsidR="00FB6730" w:rsidRPr="00ED7118" w:rsidRDefault="00FB6730" w:rsidP="00FB6730">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E8A95BA" w14:textId="74985F06" w:rsidR="00FB6730" w:rsidRPr="007B1D48" w:rsidRDefault="00C96217" w:rsidP="00FB6730">
+    <w:p w14:paraId="7E8A95BA" w14:textId="32A67817" w:rsidR="00FB6730" w:rsidRPr="007B1D48" w:rsidRDefault="00C96217" w:rsidP="00FB6730">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
-        <w:t>Chişinău - 2024</w:t>
+        <w:t xml:space="preserve">Chişinău </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>x</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="015F0C27" w14:textId="77777777" w:rsidR="003A390E" w:rsidRPr="00ED7118" w:rsidRDefault="003A390E" w:rsidP="00FB6730">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D0BEB60" w14:textId="11FB32DB" w:rsidR="00FB6730" w:rsidRPr="007B1D48" w:rsidRDefault="007B1D48" w:rsidP="00FB6730">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B1D48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Cuprins</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2065F498" w14:textId="77777777" w:rsidR="00835BB5" w:rsidRPr="007B1D48" w:rsidRDefault="00835BB5" w:rsidP="00FB6730">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="557FC99C" w14:textId="131CC8F8" w:rsidR="00C4713E" w:rsidRDefault="007B1D48" w:rsidP="007B1D48">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Introducere</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5256845F" w14:textId="2F610D2B" w:rsidR="007B1D48" w:rsidRDefault="007B1D48" w:rsidP="007B1D48">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Formularea</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Formularea problemei </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C2105C7" w14:textId="69E7A2FD" w:rsidR="007B1D48" w:rsidRDefault="007B1D48" w:rsidP="007B1D48">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Metode</w:t>
-[...55 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Metode de solutionare a problemei abordate</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="44C8E435" w14:textId="3942FD7E" w:rsidR="007B1D48" w:rsidRDefault="007B1D48" w:rsidP="007B1D48">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Rezultatele</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Rezultatele </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7664A6AA" w14:textId="4F1E7859" w:rsidR="007B1D48" w:rsidRDefault="007B1D48" w:rsidP="007B1D48">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Concluzii</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="484661B0" w14:textId="7FB069D2" w:rsidR="007B1D48" w:rsidRDefault="007B1D48" w:rsidP="007B1D48">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Referinte</w:t>
-[...19 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Referinte bibliografice</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5EFBDF3F" w14:textId="698F02FC" w:rsidR="007B1D48" w:rsidRDefault="007B1D48" w:rsidP="007B1D48">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Anexe</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2DD899BF" w14:textId="77777777" w:rsidR="007B1D48" w:rsidRPr="007B1D48" w:rsidRDefault="007B1D48" w:rsidP="007B1D48">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="1068"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007B1D48" w:rsidRPr="007B1D48" w:rsidSect="008C4AA2">
-      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="426" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70C8EFC4" w14:textId="77777777" w:rsidR="00BA59C1" w:rsidRDefault="00BA59C1" w:rsidP="008C4AA2">
+    <w:p w14:paraId="25333098" w14:textId="77777777" w:rsidR="00FC5FC5" w:rsidRDefault="00FC5FC5" w:rsidP="008C4AA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7BA08837" w14:textId="77777777" w:rsidR="00BA59C1" w:rsidRDefault="00BA59C1" w:rsidP="008C4AA2">
+    <w:p w14:paraId="0F118EF0" w14:textId="77777777" w:rsidR="00FC5FC5" w:rsidRDefault="00FC5FC5" w:rsidP="008C4AA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Noto Sans Symbols">
-    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="171E233D" w14:textId="77777777" w:rsidR="00BA59C1" w:rsidRDefault="00BA59C1" w:rsidP="008C4AA2">
+    <w:p w14:paraId="4E6D8D0D" w14:textId="77777777" w:rsidR="00FC5FC5" w:rsidRDefault="00FC5FC5" w:rsidP="008C4AA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37364A15" w14:textId="77777777" w:rsidR="00BA59C1" w:rsidRDefault="00BA59C1" w:rsidP="008C4AA2">
+    <w:p w14:paraId="4D11D284" w14:textId="77777777" w:rsidR="00FC5FC5" w:rsidRDefault="00FC5FC5" w:rsidP="008C4AA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="161E1699" w14:textId="64029A8D" w:rsidR="008C4AA2" w:rsidRDefault="008C4AA2">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13404919" wp14:editId="31F01FD9">
           <wp:extent cx="5935980" cy="617220"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:docPr id="1" name="Рисунок 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -1259,52 +1118,52 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5935980" cy="617220"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03201628"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="831C320A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="⮚"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
@@ -1350,51 +1209,51 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AAD0530"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4830E12C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="⮚"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
@@ -1440,51 +1299,51 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CAB720F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FD8F414"/>
     <w:lvl w:ilvl="0" w:tplc="DB1AFAFE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -1529,51 +1388,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="234547F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2E6A6D6"/>
     <w:lvl w:ilvl="0" w:tplc="0952CD84">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -1618,51 +1477,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EE67BF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A5F63D6E"/>
     <w:lvl w:ilvl="0" w:tplc="0819000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1428" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2148" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1704,51 +1563,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5748" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6468" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7188" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="406A52D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E66A76A"/>
     <w:lvl w:ilvl="0" w:tplc="0819000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -1793,51 +1652,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="707048C8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B67AF4F4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -1888,866 +1747,773 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="27074617">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1396006756">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="527568604">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="974289188">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="964239739">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1706565985">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1941638466">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB4505"/>
     <w:rsid w:val="000336C4"/>
     <w:rsid w:val="000947E9"/>
     <w:rsid w:val="000E6E30"/>
     <w:rsid w:val="00157944"/>
     <w:rsid w:val="00166365"/>
     <w:rsid w:val="00190E50"/>
     <w:rsid w:val="00202ACD"/>
     <w:rsid w:val="002A220D"/>
     <w:rsid w:val="002D6EB2"/>
     <w:rsid w:val="00313DD0"/>
     <w:rsid w:val="00332203"/>
     <w:rsid w:val="00335B64"/>
     <w:rsid w:val="003660CE"/>
     <w:rsid w:val="00370D81"/>
     <w:rsid w:val="00375306"/>
     <w:rsid w:val="00376F60"/>
     <w:rsid w:val="00386923"/>
     <w:rsid w:val="003A390E"/>
     <w:rsid w:val="0043184E"/>
     <w:rsid w:val="004546F7"/>
     <w:rsid w:val="00467D5E"/>
     <w:rsid w:val="004979DE"/>
     <w:rsid w:val="004D7664"/>
     <w:rsid w:val="0051004F"/>
     <w:rsid w:val="00553B7D"/>
     <w:rsid w:val="00584702"/>
     <w:rsid w:val="005A335F"/>
     <w:rsid w:val="005B5DD1"/>
     <w:rsid w:val="006105D1"/>
     <w:rsid w:val="00673057"/>
     <w:rsid w:val="007B1D48"/>
     <w:rsid w:val="00827720"/>
     <w:rsid w:val="00835BB5"/>
     <w:rsid w:val="00845E62"/>
     <w:rsid w:val="00873BF9"/>
     <w:rsid w:val="008A3179"/>
     <w:rsid w:val="008C4AA2"/>
     <w:rsid w:val="00917F70"/>
     <w:rsid w:val="009317FA"/>
     <w:rsid w:val="00950041"/>
+    <w:rsid w:val="00967B51"/>
     <w:rsid w:val="009A1F0E"/>
     <w:rsid w:val="009A4B47"/>
     <w:rsid w:val="009C16EE"/>
     <w:rsid w:val="009D2AE8"/>
     <w:rsid w:val="009E16DB"/>
     <w:rsid w:val="00A057D7"/>
     <w:rsid w:val="00A1181E"/>
     <w:rsid w:val="00A80E0B"/>
+    <w:rsid w:val="00AB3F88"/>
     <w:rsid w:val="00B02C23"/>
     <w:rsid w:val="00B21A76"/>
     <w:rsid w:val="00B23D5E"/>
     <w:rsid w:val="00B56FB8"/>
     <w:rsid w:val="00BA59C1"/>
     <w:rsid w:val="00BB4505"/>
     <w:rsid w:val="00C4713E"/>
     <w:rsid w:val="00C510E0"/>
     <w:rsid w:val="00C868CD"/>
     <w:rsid w:val="00C95F27"/>
     <w:rsid w:val="00C96217"/>
     <w:rsid w:val="00CD1747"/>
     <w:rsid w:val="00D25337"/>
     <w:rsid w:val="00E0343D"/>
     <w:rsid w:val="00EA2E5E"/>
     <w:rsid w:val="00EA4AD5"/>
     <w:rsid w:val="00ED7118"/>
     <w:rsid w:val="00EE3B55"/>
     <w:rsid w:val="00FB6730"/>
+    <w:rsid w:val="00FC5FC5"/>
     <w:rsid w:val="00FF589C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3467EFBA"/>
+  <w15:docId w15:val="{F46E71EF-B0AB-4E8E-9D43-DA88CEC563D5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML">
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="HTML0"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB6730"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
-[...2 lines deleted...]
-    <w:link w:val="HTML"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FB6730"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6730"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000947E9"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C4AA2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...2 lines deleted...]
-    <w:link w:val="a5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008C4AA2"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C4AA2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
-[...2 lines deleted...]
-    <w:link w:val="a7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008C4AA2"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C4AA2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...338 lines deleted...]
-    <w:link w:val="a9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008C4AA2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="226886416">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="439497344">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2817,51 +2583,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1534616152">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -3113,77 +2879,77 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>80</Words>
-  <Characters>461</Characters>
+  <Words>79</Words>
+  <Characters>452</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>540</CharactersWithSpaces>
+  <CharactersWithSpaces>530</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Максим Гущук</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>