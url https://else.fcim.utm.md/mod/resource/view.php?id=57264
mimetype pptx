--- v0 (2025-10-12)
+++ v1 (2026-02-26)
@@ -1,108 +1,110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="JPG" ContentType="image/.jpg"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
-  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...14 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483672" r:id="rId1"/>
+    <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId17"/>
+    <p:notesMasterId r:id="rId18"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
-[...13 lines deleted...]
-    <p:sldId id="270" r:id="rId16"/>
+    <p:sldId id="256" r:id="rId3"/>
+    <p:sldId id="257" r:id="rId4"/>
+    <p:sldId id="258" r:id="rId5"/>
+    <p:sldId id="259" r:id="rId6"/>
+    <p:sldId id="260" r:id="rId7"/>
+    <p:sldId id="261" r:id="rId8"/>
+    <p:sldId id="262" r:id="rId9"/>
+    <p:sldId id="263" r:id="rId10"/>
+    <p:sldId id="264" r:id="rId11"/>
+    <p:sldId id="265" r:id="rId12"/>
+    <p:sldId id="266" r:id="rId13"/>
+    <p:sldId id="267" r:id="rId14"/>
+    <p:sldId id="268" r:id="rId15"/>
+    <p:sldId id="269" r:id="rId16"/>
+    <p:sldId id="270" r:id="rId17"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
-      <a:defRPr lang="ru"/>
+      <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
@@ -153,162 +155,100 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="">
-        <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2131" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
-    <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-[...1 lines deleted...]
-    </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
-  <a:tblStyle styleId="{5940675A-B579-460E-94D1-54222C63F5DA}" styleName="Нет стиля, сетка таблицы">
-[...58 lines deleted...]
-  <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Средний стиль 2 — акцент 1">
+  <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="中度样式 2 - 强调 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:right>
           <a:top>
             <a:ln w="12700" cmpd="sng">
@@ -441,51 +381,51 @@
     <a:firstRow>
       <a:tcTxStyle b="on">
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
-  <a:tblStyle styleId="{616DA210-FB5B-4158-B5E0-FEB733F419BA}" styleName="Светлый стиль 3">
+  <a:tblStyle styleId="{616DA210-FB5B-4158-B5E0-FEB733F419BA}" styleName="浅色样式 3">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fontRef>
         <a:schemeClr val="tx1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:ln>
           </a:right>
           <a:top>
             <a:ln w="12700" cmpd="sng">
@@ -580,79 +520,79 @@
         <a:tcBdr>
           <a:bottom>
             <a:ln w="25400" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="9770" autoAdjust="0"/>
     <p:restoredTop sz="95253" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
-    <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+    <p:cSldViewPr snapToGrid="0" showGuides="1">
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="118" d="100"/>
-          <a:sy n="118" d="100"/>
+          <a:sx n="92" d="100"/>
+          <a:sy n="92" d="100"/>
         </p:scale>
-        <p:origin x="-612" y="-204"/>
+        <p:origin x="576" y="77"/>
       </p:cViewPr>
       <p:guideLst>
-        <p:guide orient="horz" pos="2160"/>
+        <p:guide orient="horz" pos="2131"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.wmf"/></Relationships>
 </file>
 
 <file path=ppt/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.wmf"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -705,51 +645,50 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{75527F67-3A50-4297-B8B6-693DA88AA5E4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/6/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -769,79 +708,83 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Заметки 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
@@ -864,62 +807,56 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6858DB0D-707A-4B4F-9F6C-74B60B20FB92}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
@@ -1059,51 +996,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="1122363"/>
             <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="6000"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="3602038"/>
             <a:ext cx="9144000" cy="1655762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -1124,698 +1061,682 @@
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/6/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Заголовок и вертикальный текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/6/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Вертикальный заголовок и текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8724900" y="365125"/>
             <a:ext cx="2628900" cy="5811838"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365125"/>
             <a:ext cx="7734300" cy="5811838"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/6/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/6/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Заголовок раздела">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="831850" y="1709738"/>
             <a:ext cx="10515600" cy="2852737"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="6000"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="831850" y="4589463"/>
             <a:ext cx="10515600" cy="1500187"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -1891,405 +1812,400 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/6/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/6/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Сравнение">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="365125"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="1681163"/>
             <a:ext cx="5157787" cy="823912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
@@ -2311,107 +2227,112 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2505075"/>
             <a:ext cx="5157787" cy="3684588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1681163"/>
             <a:ext cx="5183188" cy="823912"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
@@ -2433,447 +2354,431 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="2505075"/>
             <a:ext cx="5183188" cy="3684588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/6/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Только заголовок">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/6/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Пустой слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/6/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Объект с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="457200"/>
             <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5183188" y="987425"/>
             <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -2886,79 +2791,83 @@
             <a:lvl3pPr>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2057400"/>
             <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -2980,177 +2889,171 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/6/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Рисунок с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="457200"/>
             <a:ext cx="3932237" cy="1600200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5183188" y="987425"/>
             <a:ext cx="6172200" cy="4873625"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
@@ -3171,51 +3074,51 @@
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Вставка рисунка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2057400"/>
             <a:ext cx="3932237" cy="3811588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -3237,291 +3140,288 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/6/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365125"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/6/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3555,76 +3455,70 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="8610600" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483673" r:id="rId1"/>
-[...9 lines deleted...]
-    <p:sldLayoutId id="2147483683" r:id="rId11"/>
+    <p:sldLayoutId id="2147483649" r:id="rId1"/>
+    <p:sldLayoutId id="2147483650" r:id="rId2"/>
+    <p:sldLayoutId id="2147483651" r:id="rId3"/>
+    <p:sldLayoutId id="2147483652" r:id="rId4"/>
+    <p:sldLayoutId id="2147483653" r:id="rId5"/>
+    <p:sldLayoutId id="2147483654" r:id="rId6"/>
+    <p:sldLayoutId id="2147483655" r:id="rId7"/>
+    <p:sldLayoutId id="2147483656" r:id="rId8"/>
+    <p:sldLayoutId id="2147483657" r:id="rId9"/>
+    <p:sldLayoutId id="2147483658" r:id="rId10"/>
+    <p:sldLayoutId id="2147483659" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -3882,5454 +3776,6773 @@
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.wmf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Заголовок 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="434564" y="422567"/>
             <a:ext cx="11633703" cy="1426913"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru" sz="5400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="5400" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Архитектура компьютера </a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="x-none" sz="5400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="x-none" sz="5400" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru" sz="3200" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Т.4 - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" sz="3200" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="3200" dirty="0" err="1">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Структура</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" sz="3200" dirty="0" smtClean="0">
-[...28 lines deleted...]
-              <a:t/>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>характеристики центрального устройства</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru" sz="3200" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Подзаголовок 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1406305" y="6047715"/>
             <a:ext cx="9144000" cy="495678"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>доц. Доктор Крету Василий</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 1"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="846497" y="3023857"/>
-            <a:ext cx="10429592" cy="646331"/>
+            <a:ext cx="10429592" cy="645160"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru" b="1" dirty="0" err="1"/>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1"/>
               <a:t>Цель </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" b="1" dirty="0" smtClean="0"/>
-[...62 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" dirty="0"/>
+              <a:t>занятия</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" dirty="0"/>
+              <a:t>ознакомление </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1"/>
+              <a:t>понятием </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" dirty="0" err="1"/>
+              <a:t>центрального устройства, его структурой и зарактеристиками. Функции АЛУ, УУ и ОР.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="362140" y="1802771"/>
-            <a:ext cx="11588436" cy="923330"/>
+            <a:ext cx="11588436" cy="1198880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru" b="1" dirty="0"/>
-[...8 lines deleted...]
-              <a:t>Характеристики центрального блока. Длина слова, тактовая частота, количество инструкций, выполняемых на единицу, степень параллелизма, параллелизм на уровне процесса</a:t>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Структура центрального </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" dirty="0"/>
+              <a:t>устройства</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>. Арифметико-логическое устройство (UAL</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" dirty="0"/>
+              <a:t>/АЛУ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>), Командное устройство</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" dirty="0"/>
+              <a:t> (устройство управления-УУ)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t> (UCd), Общие регистры (RG</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" dirty="0"/>
+              <a:t>/ОР</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t> ). Характеристики центрального блока. Длина слова, тактовая частота, количество инструкций, выполняемых </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" dirty="0"/>
+              <a:t>в</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t> единицу, степень параллелизма, параллелизм на уровне процесса</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" strike="sngStrike" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="846496" y="3925545"/>
-            <a:ext cx="10234945" cy="2308324"/>
+            <a:ext cx="10234945" cy="2306955"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru" b="1" dirty="0"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Студент должен </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0"/>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
               <a:t>знать:</a:t>
             </a:r>
             <a:endParaRPr lang="ro-RO" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0"/>
-              <a:t>§ Концептуальная схема УНЦ</a:t>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>§ Концептуальн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>ую</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
+              <a:t> схем</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>у</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>ЦУ</a:t>
             </a:r>
             <a:endParaRPr lang="ro-RO" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0"/>
-              <a:t>§ Функции компонентов UC</a:t>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>§ Функции компонентов </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>ЦУ</a:t>
             </a:r>
             <a:endParaRPr lang="ro-RO" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0"/>
-[...9 lines deleted...]
-              <a:rPr lang="ru" b="1" i="1" dirty="0"/>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>§ Структур</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>у</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
+              <a:t> компонентов </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>ЦУ</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
               <a:t>§ Понятие длины слова</a:t>
             </a:r>
             <a:endParaRPr lang="ro-RO" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0"/>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
               <a:t>§ Влияние тактовой частоты на производительность</a:t>
             </a:r>
             <a:endParaRPr lang="ro-RO" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0"/>
-              <a:t>§ Параллелизм на уровне обучения (конвейер)</a:t>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>§ Параллелизм на уровне </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>инструкций </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>(конвейер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>изация, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ru-RU" b="1" i="1" dirty="0"/>
+              <a:t>pipeline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
+              <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="ro-RO" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ro-RO" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="1200329"/>
+            <a:ext cx="12192000" cy="1476375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" baseline="-25000" dirty="0">
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В каждый момент времени каждый сегмент выполняет свою часть одной из пяти различных инструкций.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Если время выполнения сегмента равно 1 секунде, (t </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="-25000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>1 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>= t </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" baseline="-25000" dirty="0">
+              <a:rPr lang="en-US" baseline="-25000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>= ……. = T </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" baseline="-25000" dirty="0">
+              <a:rPr lang="en-US" baseline="-25000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>10 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>= t </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" baseline="-25000" dirty="0">
+              <a:rPr lang="en-US" baseline="-25000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>11 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>= 1 с), то время выполнения 7 инструкций составляет, как показано на рисунке, 11 секунд. На обычной машине без конвейера время выполнения 7 инструкций, каждая из которых требует 5 секунд, составит 35 секунд. Эффект виден в увеличении потока при выполнении инструкций.</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>= 1 с), то время выполнения 7 инструкций составляет, как показано на рисунке, 11 секунд. На обычной </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(неконвейерной) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>машине время выполнения 7 инструкций, каждая из которых требует 5 секунд, составит 35 секунд. Эффект виден в увеличении </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пропускной способности </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>выполнении инструкций.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="5" name="Группа 4"/>
-          <p:cNvGrpSpPr>
-[...1 lines deleted...]
-          </p:cNvGrpSpPr>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
           <a:xfrm>
-            <a:off x="769166" y="1200328"/>
+            <a:off x="1959791" y="1399083"/>
             <a:ext cx="5952698" cy="1388963"/>
             <a:chOff x="3141" y="10804"/>
             <a:chExt cx="5400" cy="1260"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="6" name="Text Box 15"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3141" y="10804"/>
               <a:ext cx="720" cy="1260"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t> </a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>S1</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t> </a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="7" name="Text Box 16"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="4581" y="10804"/>
               <a:ext cx="720" cy="360"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>S2</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="8" name="Text Box 17"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="5661" y="10804"/>
               <a:ext cx="720" cy="360"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>S3</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="9" name="Text Box 18"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="6741" y="10804"/>
               <a:ext cx="720" cy="360"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>S4</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="10" name="Text Box 19"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7821" y="10804"/>
               <a:ext cx="720" cy="360"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>S5</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Text Box 20"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="4581" y="11704"/>
               <a:ext cx="720" cy="360"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>S2</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="12" name="Text Box 21"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="5661" y="11704"/>
               <a:ext cx="720" cy="360"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>S3</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="13" name="Text Box 22"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="6741" y="11704"/>
               <a:ext cx="720" cy="360"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>S4</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="14" name="Text Box 23"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7821" y="11704"/>
               <a:ext cx="720" cy="360"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>S5</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="15" name="Line 24"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3861" y="10984"/>
               <a:ext cx="720" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="16" name="Line 25"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="5301" y="10984"/>
               <a:ext cx="360" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="17" name="Line 26"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="6381" y="10984"/>
               <a:ext cx="360" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="18" name="Line 27"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7461" y="10984"/>
               <a:ext cx="360" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="19" name="Line 28"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3861" y="11884"/>
               <a:ext cx="720" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="20" name="Line 29"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="5301" y="11884"/>
               <a:ext cx="360" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="21" name="Line 30"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="6381" y="11884"/>
               <a:ext cx="360" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="22" name="Line 31"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7461" y="11884"/>
               <a:ext cx="360" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="Прямоугольник 22"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1437407" y="2716017"/>
-            <a:ext cx="3822521" cy="369332"/>
+            <a:off x="1238246" y="3013832"/>
+            <a:ext cx="4399915" cy="368300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:t>Трубопровод с двумя монтажными полосами.</a:t>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Конвейер </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>с двумя </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сборочными </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>линиями.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Прямоугольник 23"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="84499" y="3382984"/>
-            <a:ext cx="12023002" cy="3139321"/>
+            <a:ext cx="12023002" cy="3415030"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru">
-[...18 lines deleted...]
-              <a:t>Условием параллельной работы является то, что две инструкции не оспаривают один и тот же ресурс и не зависят от результатов друг друга. Это условие гарантируется либо компилятором, либо дополнительным жестким диском, оснащенным системой предсказания.</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Такая система имеет один блок извлечения инструкций (S1), который извлекает пары инструкций и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>распределяет их по двум конвейерам</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. Условием параллельной работы является то, что две инструкции не оспаривают один и тот же ресурс и не зависят от результатов друг друга. Это условие </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>обеспечивается </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>либо компилятором, либо дополнительным </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аппаратным обеспечением</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, оснащенным системой предсказания.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>Компьютеры Pentium I были оснащены двумя сборочными линиями:</a:t>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Процессоры </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Pentium I были оснащены двумя сборочными линиями</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (2-мя конвейерами)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-U-конвейер, главный пояс, по которому можно было выполнить любую команду;</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-U-конвейер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> -</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> главный, по которому можно было выполнить люб</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ую инструкцию</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-V сборочная линия (V конвейер), которая могла выполнять только простые инструкции с целыми числами и одну простую инструкцию с плавающей запятой.</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-V сборочная линия (V конвейер), которая могла выполнять только простые</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> целочисленные</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> инструкции и одну простую </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>операцию </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>с плавающей запятой.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...11 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Были довольно сложные правила </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сопряжения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>инструкций. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Извлекались </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>две инструкции, и если они были совместимы, они выполнялись</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> параллельно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, если нет, то только первая выполнялась в U-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>конвейере</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, а вторая сохранялась и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>объединялась </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>со следующей. Было установлено, что Pentium I </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>при одинаковой частоте был примерно вдвое быстрее, чем 586.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="1200329"/>
+            <a:ext cx="12192000" cy="1198880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>в) Суперскалярные архитектуры</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Исходя из идеи </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>конвейерных </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>линий, был сделан вывод, что выгоднее иметь одну сборочную линию, но с несколькими функциональными узлами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>/устройствами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. Такая архитектура называется </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>суперскалярной </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>— термин, введенный Агервалсом и Коуком в 1987 году. На рис. 2.4. дана такая архитектура.</a:t>
+              <a:rPr lang="ru-RU" altLang="en-US" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> термин, введенный Agerwals и Cocke в 1987 году. На рис. 2.4. дана такая архитектура.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="5" name="Группа 4"/>
-          <p:cNvGrpSpPr>
-[...1 lines deleted...]
-          </p:cNvGrpSpPr>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
           <a:xfrm>
             <a:off x="1887269" y="1281631"/>
             <a:ext cx="6496239" cy="3931934"/>
             <a:chOff x="2601" y="8621"/>
             <a:chExt cx="6840" cy="4140"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="6" name="Text Box 33"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="2601" y="10421"/>
               <a:ext cx="720" cy="540"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>S1</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="7" name="Text Box 34"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3681" y="10421"/>
               <a:ext cx="720" cy="540"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>S2</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="8" name="Text Box 35"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="4761" y="10421"/>
               <a:ext cx="720" cy="540"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>S3</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="9" name="Text Box 36"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="8721" y="10421"/>
               <a:ext cx="720" cy="540"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>S5</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="10" name="Text Box 37"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="6381" y="10421"/>
               <a:ext cx="1260" cy="540"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>л </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru" sz="800">
+                <a:rPr lang="en-US" sz="800">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>НАГРУЗКА</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Text Box 38"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="6381" y="11321"/>
               <a:ext cx="1260" cy="540"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="800">
+                <a:rPr lang="en-US" sz="800">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>слепой</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="12" name="Text Box 39"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="6381" y="12221"/>
               <a:ext cx="1260" cy="540"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="800">
+                <a:rPr lang="en-US" sz="800">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>ЗАПЯТАЯ</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="800">
+                <a:rPr lang="en-US" sz="800">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>поплавок</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="13" name="Text Box 40"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="6381" y="9521"/>
               <a:ext cx="1260" cy="540"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="800">
+                <a:rPr lang="en-US" sz="800">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>УАЛ</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="14" name="Text Box 41"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="6381" y="8621"/>
               <a:ext cx="1260" cy="540"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="800">
+                <a:rPr lang="en-US" sz="800">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>УАЛ</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="15" name="Line 42"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3321" y="10601"/>
               <a:ext cx="360" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="16" name="Line 43"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="4401" y="10601"/>
               <a:ext cx="360" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="17" name="Line 44"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm flipV="1">
               <a:off x="5481" y="8801"/>
               <a:ext cx="900" cy="1800"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="18" name="Line 45"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="5481" y="10601"/>
               <a:ext cx="900" cy="1800"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="19" name="Line 46"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="5481" y="10601"/>
               <a:ext cx="900" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="20" name="Line 47"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm flipV="1">
               <a:off x="5481" y="9701"/>
               <a:ext cx="900" cy="900"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="21" name="Line 48"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="5481" y="10601"/>
               <a:ext cx="900" cy="1080"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="22" name="Line 49"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7641" y="10601"/>
               <a:ext cx="1080" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="23" name="Line 50"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7641" y="8801"/>
               <a:ext cx="1620" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="24" name="Line 51"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="9261" y="8801"/>
               <a:ext cx="0" cy="1620"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="25" name="Line 52"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7641" y="9701"/>
               <a:ext cx="1260" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="26" name="Line 53"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="8901" y="9701"/>
               <a:ext cx="0" cy="720"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="27" name="Line 54"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7641" y="12401"/>
               <a:ext cx="1620" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="28" name="Line 55"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm flipV="1">
               <a:off x="9261" y="10961"/>
               <a:ext cx="0" cy="1440"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="29" name="Line 56"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7641" y="11681"/>
               <a:ext cx="1260" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="30" name="Line 57"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm flipV="1">
               <a:off x="8901" y="10961"/>
               <a:ext cx="0" cy="720"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Прямоугольник 30"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="5213565"/>
-            <a:ext cx="12101465" cy="1477328"/>
+            <a:ext cx="12101465" cy="1476375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:t>Супермасштабируемый процессор с 5 функциональными блоками.</a:t>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Суперскалярный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>процессор с 5 функциональными блоками.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" smtClean="0">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Идея </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>суперскалярной архитектуры заключается в том, что сегмент S3 может запускать инструкции намного быстрее, чем их может выполнять S4, поэтому на одном диапазоне между S3 и S4 есть временной лаг. В суперскалярной архитектуре исполнительный блок S4 разделен на функциональные блоки по типам инструкций (загрузка, ЗАГРУЗКА, память, СОХРАНЕНИЕ, с плавающей запятой).</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>суперскалярной архитектуры заключается в том, что сегмент S3 может </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>выдавать </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>инструкции </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>значительно </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>быстрее, чем их может выполнять S4, поэтому </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в простом конвейере возникает временное </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>узкое место</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> между S3 и S4.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. В суперскалярной архитектуре исполнительный блок S4 разделен на функциональные </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>устройства/блоки </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>по типам инструкций (загрузка, LOAD, память, STORE, с плавающей запятой).</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="2031325"/>
+            <a:ext cx="12192000" cy="2030095"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="alphaLcPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0">
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Параллелизм на уровне процессора</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0">
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>Конвейерная сборка или суперскалярная архитектура существенно не увеличивают производительность. Гораздо эффективнее увеличение количества процессоров. Это происходит в:</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Конвейерная сборка или суперскалярная архитектура не увеличивают производительность</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:sym typeface="+mn-ea"/>
+              </a:rPr>
+              <a:t>существенно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. Гораздо </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>более </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>эффективн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ым является </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>увеличение количества процессоров. Это происходит в:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>- SIMD-машины, векторные компьютеры;</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- SIMD-машин</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ах</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, векторны</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>х</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> компьютер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ах</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-MIMD-машины, мультипроцессоры;</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-MIMD-маши</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нах</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, мультипроцессор</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ных системах</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-MIMD-машины, мультикомпьютеры.</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-MIMD-машин</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ах</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, мультикомпьютер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ных системах</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="3200876"/>
+            <a:ext cx="12192000" cy="2922905"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" sz="2000" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:t>АДРЕСА</a:t>
+              <a:rPr lang="ru-RU" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Режимы а</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дресаци</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>и</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="224790" algn="ctr">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" sz="2000" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В зависимости от способа нахождения операндов существуют следующие режимы адресации:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>непосредственная адресация;</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>прямая адресация;</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>косвенная адресация;</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...22 lines deleted...]
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>индексная адресация.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="alphaLcParenR"/>
               <a:tabLst>
                 <a:tab pos="678180" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0">
-[...7 lines deleted...]
-              <a:t>Непосредственный адрес</a:t>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Непосредственн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ая</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> адрес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ация</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="449580" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" b="1" dirty="0">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="449580" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>Операнд находится прямо в поле инструкции.</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Операнд находится </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>непосредственно </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в поле инструкции.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
+          <a:blip r:embed="rId1"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="960711" y="3200876"/>
             <a:ext cx="4639322" cy="1257475"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="102929" y="4593300"/>
-            <a:ext cx="4544193" cy="369332"/>
+            <a:off x="116965" y="4593300"/>
+            <a:ext cx="4516120" cy="368300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>Значение 20000 переносится в регистр R.</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Значение 20000 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>передается </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в регистр R.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Прямоугольник 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="0"/>
-            <a:ext cx="7452765" cy="646331"/>
+            <a:ext cx="7452765" cy="645160"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:tabLst>
                 <a:tab pos="678180" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0" smtClean="0">
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Прямая</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> адресация</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:tabLst>
                 <a:tab pos="678180" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0" smtClean="0">
-[...18 lines deleted...]
-              <a:t>находится по адресу, который существует в инструкции</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Операнд находится по адресу, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>указанному </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в инструкции</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Рисунок 11"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
+          <a:blip r:embed="rId1"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="228371" y="646331"/>
             <a:ext cx="7335274" cy="962159"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Прямоугольник 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="228370" y="1997839"/>
-            <a:ext cx="11683105" cy="2000548"/>
+            <a:ext cx="11683105" cy="1999615"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>МОВ Р 100</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>100 20000</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>В адресном поле инструкции находится адрес (100), по которому </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0" smtClean="0">
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>находится </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>операнд.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1600" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Косвенная адресация</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0" smtClean="0">
-[...20 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В адресно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>м поле инструкции содержится</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> адрес. По этому адресу находится </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>другой адрес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Число уровней косвенности зависит от конкретного компьютера</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="en-US" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Рисунок 13"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="161687" y="3998387"/>
             <a:ext cx="7468642" cy="1009791"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Прямоугольник 15"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="161687" y="5260271"/>
-            <a:ext cx="11539396" cy="1477328"/>
+            <a:ext cx="11539396" cy="1476375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>МОВ Р 100</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>100 200</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>200 2000</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>По адресу 100 в поле инструкции находится другой адрес, 200, и по этому адресу находится операнд</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>По адресу 100 в поле инструкции находится другой адрес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>200, и по этому адресу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>расположен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>операнд</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="181069" y="150177"/>
-            <a:ext cx="11905306" cy="2585323"/>
+            <a:ext cx="11905306" cy="2830195"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" algn="just">
+            <a:pPr lvl="0" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:tabLst>
                 <a:tab pos="678180" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0" smtClean="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" b="1" i="1" dirty="0">
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Индексная </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>адрес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ация</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="449580" algn="just">
+            <a:pPr marL="449580" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>Индекс, называемый регистром INDEX, участвует в индексированной адресации. Адрес операнда:</a:t>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В индексной адресации участвует регистр, называемый индексным регистром </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(INDEX). </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Адрес операнда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> вычисляется по формуле</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...32 lines deleted...]
-              <a:rPr lang="ru" sz="2000" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Адресный операнд = значение АДРЕСНОГО ПОЛЯ + </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>значение ИНДЕКСНОГО </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" baseline="-25000" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>РЕГИСТРА</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>МОВ Р 100</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>MOV   R   100</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...38 lines deleted...]
-              <a:t>100 700</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>RINDEX   600</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>Расчетный адрес: 600 + 700 = D00</a:t>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>100 700</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="450215" algn="just">
+            <a:pPr marL="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>Д00 20000</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Расчетный адрес: 600 + 700 = D00</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="450215" algn="l">
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>D00 20000</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12191999" cy="2339102"/>
+            <a:ext cx="12191999" cy="2614930"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ЦП ( </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" i="1" dirty="0">
-[...18 lines deleted...]
-              <a:t>— это часть компьютера, которая выполняет интерпретацию и выполнение инструкций программы, чтение или сохранение результатов в памяти и связь с заменяющими модулями. Все эти действия отсчитываются часами с постоянной частотой, которые делят время на доли одинаковой продолжительности, называемые циклами.</a:t>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>центральный модуль ЦП</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> или центральное устройство, с английского </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>CPU-Central Processing Unit</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) -</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>это часть компьютера, предназначенная для интерпретации и выполнения инструкций программы, чтения и записи результатов в память, а также для обмена данными с устройствами ввода-вывода. Все эти действия синхронизируются тактовым генератором с постоянной частотой, который делит время на равные интервалы, называемые тактами (циклами).</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" sz="2000" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Центральный блок состоит из:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-Арифметико-логическое устройство (УАЛ);</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-Арифметико-логическое устройство (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>АЛУ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>);</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-Блок управления (UCd);</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-Блок управления (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>УУ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>);</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-Общие регистры (РГ).</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-Общие регистры (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ОР</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>).</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
+          <a:blip r:embed="rId1"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8267080" y="1023043"/>
+            <a:off x="8398525" y="1660583"/>
             <a:ext cx="3512231" cy="2869948"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="2339102"/>
+            <a:ext cx="12192000" cy="2891790"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0">
-[...7 lines deleted...]
-              <a:t>Арифметико-логическое устройство (УАЛ)</a:t>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Арифметико-логическое устройство (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>АЛУ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" sz="2000" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" b="1" dirty="0" smtClean="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>АЛУ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>выполняет арифметические операции (сложение, вычитание, умножение, деление</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, дополнение до</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 1, дополнение </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>до</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 2 и т. д.), логические операции (отрицание и, или, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сложение </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>по модулю 2), сдвиги и повороты.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>АЛУ им</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>еет два n-разрядных входа данных, один n-разрядный выход результата операции, при необходимости </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> выход флагов состояния, устанавливаемых в результате выполнения операции, а также управляющий вход, задающий выполняемую операцию.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...11 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Вся структура АЛУ организована вокруг параллельного сумматора, который может складывать содержимое двух регистров, подаваемых через мультиплексоры на его входы. Операции умножения и деления реализуются с помощью различных алгоритмов на основе последовательных операций сложения и сдвигов влево/вправо. Вычитание выполняется как сложение с дополнением вычитаемого.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="5" name="Группа 4"/>
-          <p:cNvGrpSpPr>
-[...1 lines deleted...]
-          </p:cNvGrpSpPr>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
           <a:xfrm>
-            <a:off x="7237326" y="2531009"/>
+            <a:off x="7237326" y="3237764"/>
             <a:ext cx="4457110" cy="3417118"/>
             <a:chOff x="3321" y="3424"/>
             <a:chExt cx="5400" cy="4140"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="6" name="Text Box 3"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="7821" y="3424"/>
               <a:ext cx="900" cy="1260"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="800">
+                <a:rPr lang="en-US" sz="800">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t> </a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="800">
+                <a:rPr lang="en-US" sz="800">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>Набор</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="800">
+                <a:rPr lang="en-US" sz="800">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>Регистрация</a:t>
+                <a:t>Регистр</a:t>
               </a:r>
-              <a:endParaRPr lang="en-US" sz="1100">
+              <a:r>
+                <a:rPr lang="ru-RU" altLang="en-US" sz="800">
+                  <a:effectLst/>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>ов</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" altLang="en-US" sz="800">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="7" name="Text Box 4"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="6021" y="4684"/>
               <a:ext cx="1260" cy="540"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="800">
+                <a:rPr lang="ru-RU" altLang="en-US" sz="800">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>Зарегистрировать буфер</a:t>
+                <a:t>Буферный регистр</a:t>
               </a:r>
-              <a:endParaRPr lang="en-US" sz="1100">
+              <a:endParaRPr lang="ru-RU" altLang="en-US" sz="800">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="8" name="Text Box 5"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="4221" y="4684"/>
               <a:ext cx="1260" cy="540"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="800">
+                <a:rPr lang="en-US" sz="800">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>Регистр батареи</a:t>
+                <a:t>Регистр </a:t>
               </a:r>
-              <a:endParaRPr lang="en-US" sz="1100">
+              <a:r>
+                <a:rPr lang="ru-RU" altLang="en-US" sz="800">
+                  <a:effectLst/>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>-аккумулятор</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" altLang="en-US" sz="800">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="9" name="AutoShape 6"/>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="4221" y="5944"/>
               <a:ext cx="3240" cy="900"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst>
                 <a:gd name="G0" fmla="+- 5400 0 0"/>
@@ -9378,283 +10591,273 @@
                 <a:path w="21600" h="21600">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="5400" y="21600"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="16200" y="21600"/>
                   </a:lnTo>
                   <a:lnTo>
                     <a:pt x="21600" y="0"/>
                   </a:lnTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>   </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru" sz="1400" b="1">
+                <a:rPr lang="en-US" sz="1400" b="1">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>Σ </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru" sz="1100">
+                <a:rPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>Сумматор</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="1100">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="10" name="AutoShape 7"/>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm flipH="1">
               <a:off x="5121" y="3964"/>
               <a:ext cx="360" cy="720"/>
             </a:xfrm>
             <a:prstGeom prst="downArrow">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 50000"/>
                 <a:gd name="adj2" fmla="val 50000"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="11" name="Line 8"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="5121" y="3784"/>
               <a:ext cx="2700" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="12" name="Line 9"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="5121" y="3964"/>
               <a:ext cx="2700" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="13" name="AutoShape 10"/>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="6921" y="3964"/>
               <a:ext cx="360" cy="720"/>
             </a:xfrm>
             <a:prstGeom prst="downArrow">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 50000"/>
                 <a:gd name="adj2" fmla="val 50000"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
@@ -9662,52 +10865,50 @@
             <p:cNvPr id="14" name="AutoShape 11"/>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="4941" y="5224"/>
               <a:ext cx="360" cy="720"/>
             </a:xfrm>
             <a:prstGeom prst="downArrow">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 50000"/>
                 <a:gd name="adj2" fmla="val 50000"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
@@ -9715,6461 +10916,7840 @@
             <p:cNvPr id="15" name="AutoShape 12"/>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="6921" y="5224"/>
               <a:ext cx="360" cy="720"/>
             </a:xfrm>
             <a:prstGeom prst="downArrow">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 50000"/>
                 <a:gd name="adj2" fmla="val 50000"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="16" name="Line 13"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="5661" y="6844"/>
               <a:ext cx="0" cy="540"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="17" name="Line 14"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="5841" y="6844"/>
               <a:ext cx="0" cy="720"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="18" name="Line 15"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm flipH="1">
               <a:off x="3321" y="7564"/>
               <a:ext cx="2520" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="19" name="Line 16"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm flipH="1">
               <a:off x="3501" y="7384"/>
               <a:ext cx="2160" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="20" name="Line 17"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm flipV="1">
               <a:off x="3501" y="3964"/>
               <a:ext cx="0" cy="3420"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="21" name="Line 18"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3501" y="3964"/>
               <a:ext cx="1080" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="22" name="Line 19"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="4401" y="3964"/>
               <a:ext cx="0" cy="540"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="23" name="Line 20"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm flipV="1">
               <a:off x="3321" y="3784"/>
               <a:ext cx="0" cy="3780"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="24" name="Line 21"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm flipV="1">
               <a:off x="3321" y="3784"/>
               <a:ext cx="1260" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="25" name="AutoShape 22"/>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="4221" y="3964"/>
               <a:ext cx="360" cy="720"/>
             </a:xfrm>
             <a:prstGeom prst="downArrow">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 50000"/>
                 <a:gd name="adj2" fmla="val 50000"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="26" name="Line 23"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="5121" y="3784"/>
               <a:ext cx="0" cy="180"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="27" name="Line 24"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm flipV="1">
               <a:off x="4581" y="3784"/>
               <a:ext cx="0" cy="180"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
-              <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
       </p:grpSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="28" name="Рисунок 27"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
+          <a:blip r:embed="rId1"/>
+          <a:srcRect t="6868" b="9466"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="411015" y="2531009"/>
-            <a:ext cx="3063356" cy="4326991"/>
+            <a:off x="391795" y="3237865"/>
+            <a:ext cx="3063240" cy="3620135"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="3724096"/>
+            <a:ext cx="12192000" cy="3999865"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0">
-[...7 lines deleted...]
-              <a:t>Командный блок (UCd)</a:t>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Командный блок (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Устройство управления - УУ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" sz="2000" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Блок управления состоит из:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-Фазовый генератор (ГФ);</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Генератора фаз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (ГФ);</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-тактовый генератор (ГТ);</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Т</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>актов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ого</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> генератор</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>а</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ТГ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>);</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-Блок управления (BCC).</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-Блок</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>а</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> управл</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>яющих схем</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>БУС</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>).</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Блок </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>управляющих </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>схем(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>БУС</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) управляет всеми операциями, выполняемыми в рамках инструкции. Существуют </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>микрооперации, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>которые являются основными операциями, выполняемыми в инструкции, и </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>микрокоманды, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>которые представляют собой сигналы, генерируемые BCC для выполнения микроопераций. Микрокоманды направляются исполнительным элементам структуры компьютера: регистрам, УАЛ, памяти, портам и т.д. Инструкция — это, по сути, последовательность микроопераций.</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>которые представляют собой сигналы, генерируемые </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>БУС </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>для выполнения микроопераций. Микрокоманды </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>передаются </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>исполнительным элементам структуры компьютера: регистрам, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>АЛУ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, памяти, портам и т.д. Инструкция </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> это, по сути, последовательность микроопераций.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Все микрооперации, выполняемые одновременно, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>образуют </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>состояние выполнения инструкции, называемое </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>фазой.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Генератор фаз (ГФ) строит последовательность фаз, необходимую для выполнения инструкции.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>Тактовый генератор (GT) выдает частоту изменения состояния для всех последовательных цепей.</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тактовый генератор (T</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Г</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>задает ритм изменения</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> состояни</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>й</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> всех последовательных цепей.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="40740" y="4225802"/>
-            <a:ext cx="12110519" cy="2031325"/>
+            <a:ext cx="12110519" cy="2030095"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0">
-[...7 lines deleted...]
-              <a:t>Общие регистры (RG)</a:t>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Общие регистры (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ОР</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0">
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>Общие регистры (RG) считаются очень быстрой памятью с очень малой емкостью. Структурно они являются частью унифицированных коммуникаций, и в подавляющем большинстве архитектур к ним можно обратиться на магистральном пути.</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Общие регистры (RG) считаются очень быстрой памятью с очень малой емкостью. С</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>труктурно они входят в состав ЦУ и в большинстве архитектур адресуются через системную шину.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="450215" algn="just">
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Существует два способа подключения общих реестров:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>Существует два способа подключения общих реестров:</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>регистры,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> напрямую связан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>н</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>е</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> друг с другом:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...30 lines deleted...]
-              <a:t>-РГ подключен к автобусам.</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>регистры,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> подключе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нные</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> к </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>шинам</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="-73627"/>
-            <a:ext cx="12192000" cy="1785104"/>
+            <a:ext cx="12192000" cy="1783715"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="-90170" algn="ctr">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" sz="2000" b="1" dirty="0">
-[...7 lines deleted...]
-              <a:t>Характеристики центрального блока</a:t>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Характеристики центрального </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>устройства</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0" smtClean="0">
-[...18 lines deleted...]
-              <a:t>работы центрального блока определяется следующими характеристиками:</a:t>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Производительность</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> центрального блока определяется следующими характеристиками:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-Длина слова;</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>лина слова;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-тактовая частота;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-Количество инструкций, выполняемых в единицу времени;</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>число </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>инструкций, выполняемых в единицу времени;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-Степень параллелизма.</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>с</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тепень параллелизма.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1924657"/>
-            <a:ext cx="12192000" cy="2893100"/>
+            <a:ext cx="12192000" cy="2891790"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" sz="2000" b="1" dirty="0" smtClean="0">
-[...18 lines deleted...]
-              <a:t>слова</a:t>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Длина слова</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...29 lines deleted...]
-              <a:t>работают с кодовыми словами, объем информации которых измеряется в битах. Количество битов равно длине слова и кратно двум. Одно слово может означать:</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Компьютеры работают с кодовыми словами, объем информации </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>которых измеряется в битах. Количество битов </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>определяет </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>длин</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>у</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> слова и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>обычно является степенью двойки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. Одно слово может означать:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-инструкция;</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-инструкци</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ю</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-сегмент данных.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В компьютере длина слова часто отождествляется с числом битов инструкции. Современные компьютеры используют 64-разрядные инструкции. Это одна из основных характеристик Центрального устройства.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...11 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Длина слова не обязательно совпадает с разрядностью шины памяти, по которой инструкции передаются из оперативной памяти (ОЗУ) в ЦУ. Например, компьютер может иметь длину инструкции 64 бита и ширину шины 32 бита; в этом случае для загрузки одной инструкции из памяти требуется два обращения к памяти.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2" descr="Картинки по запросу &quot;lungimea cuvantului&quot;"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="237057" y="4817757"/>
             <a:ext cx="6286500" cy="1219201"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="1846659"/>
+            <a:ext cx="12192000" cy="2338070"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" sz="2000" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Тактовая частота</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" sz="2000" b="1" dirty="0">
-[...32 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Любой компьютер имеет генератор импульсов, называемый тактовым генератором Центрального устройства. Он реализуется на основе кварцевого резонатора, который формирует импульсы фиксированной частоты.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Исходный тактовый сигнал подвергается двум видам операций:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- делению частоты (изменение частоты кварцевого генератора);</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...22 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- усилению тактового сигнала.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="450215" algn="just">
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>По этому тактовому сигналу, являющемуся «сердцем» компьютера, происходят все аппаратные события в Центральном устройстве.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Прямоугольник 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="2105561"/>
-            <a:ext cx="12192000" cy="1785104"/>
+            <a:off x="0" y="2344956"/>
+            <a:ext cx="12192000" cy="1783715"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" sz="2000" b="1" dirty="0">
-[...32 lines deleted...]
-              <a:rPr lang="ru" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Количество инструкций, выполняемых в единицу времени</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0" smtClean="0">
-[...18 lines deleted...]
-              <a:t>мы сделаем следующие обозначения:</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если мы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>введем </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>следующие обозначения:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>f </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>= тактовая частота, в Гц</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>N </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>= среднее количество часов, в течение которых выполняется инструкция</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>= среднее количество </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тактов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, в течение которых выполняется инструкция</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>n </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...19 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>= </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>число </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>инструкций, выполняемых за одну секунду </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>тогда</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="17" name="Объект 16"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
-          <p:nvPr>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="633743" y="3890665"/>
+          <a:off x="633743" y="4130060"/>
           <a:ext cx="688063" cy="600225"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s2072" name="Уравнение" r:id="rId3" imgW="444307" imgH="393529" progId="Equation.3">
+                <p:oleObj spid="_x0000_s2" name="Уравнение" r:id="rId1" imgW="444500" imgH="393700" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
-                <p:oleObj name="Уравнение" r:id="rId3" imgW="444307" imgH="393529" progId="Equation.3">
+                <p:oleObj name="Уравнение" r:id="rId1" imgW="444500" imgH="393700" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Object 11"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
-                      <a:blip r:embed="rId4">
+                      <a:blip r:embed="rId2">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </p:blipFill>
                     <p:spPr bwMode="auto">
                       <a:xfrm>
-                        <a:off x="633743" y="3890665"/>
+                        <a:off x="633743" y="4130060"/>
                         <a:ext cx="688063" cy="600225"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </p:spPr>
                   </p:pic>
                 </p:oleObj>
               </mc:Fallback>
             </mc:AlternateContent>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Прямоугольник 20"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="159943" y="4624119"/>
+            <a:off x="159943" y="4863514"/>
             <a:ext cx="11881165" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Например, для компьютера с тактовой частотой 2 ГГц, который выполняет две инструкции за такт, количество инструкций, выполняемых в единицу времени, равно:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="23" name="Объект 22"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
-          <p:nvPr>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="159943" y="5270450"/>
+          <a:off x="159943" y="5509845"/>
           <a:ext cx="2799074" cy="913067"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s2073" name="Уравнение" r:id="rId5" imgW="1777229" imgH="583947" progId="Equation.3">
+                <p:oleObj spid="_x0000_s3" name="Уравнение" r:id="rId3" imgW="1777365" imgH="584200" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
-                <p:oleObj name="Уравнение" r:id="rId5" imgW="1777229" imgH="583947" progId="Equation.3">
+                <p:oleObj name="Уравнение" r:id="rId3" imgW="1777365" imgH="584200" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Object 16"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
-                      <a:blip r:embed="rId6">
+                      <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </p:blipFill>
                     <p:spPr bwMode="auto">
                       <a:xfrm>
-                        <a:off x="159943" y="5270450"/>
+                        <a:off x="159943" y="5509845"/>
                         <a:ext cx="2799074" cy="913067"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </p:spPr>
                   </p:pic>
                 </p:oleObj>
               </mc:Fallback>
             </mc:AlternateContent>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Прямоугольник 23"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2959017" y="5403679"/>
+            <a:off x="2959017" y="5643074"/>
             <a:ext cx="3313728" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>миллиарды инструкций в секунду</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12004895" cy="2031325"/>
+            <a:ext cx="12004895" cy="2306955"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Для современных компьютеров принята единица измерения под названием MIPS (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Million Instructions Per Second </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> миллионы инструкций в секунду</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>). В предыдущем примере параметр </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>n </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>будет равен 4000 MIPS.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Следует отметить, что этот параметр ( </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>n) </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ближе к </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>реальной производительности</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, чем тактовая частота </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>(f) </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Существуют компьютеры с меньшей частотой, которые при этом превосходят по производительности компьютеры с большей частотой </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> именно за счёт величины N (среднего числа тактов на инструкцию).</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Например, процессор Intel 586 с частотой 100 МГц и Pentium I с частотой 66 МГц.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Было бы лучше отображать параметр </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>n </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>вместо параметра </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>f, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>но трудность заключается в практическом вычислении </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>N. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...65 lines deleted...]
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Это сложно, потому что в наборе инструкций у каждой разный </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>N </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>и даже у одной и той же инструкции </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>может быть </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>разный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>N </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>в зависимости от текущего контекста.</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в зависимости от текущего контекста</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> выполнения</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="3754874"/>
+            <a:ext cx="12192000" cy="4307840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" sz="2000" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Степень параллелизма</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" sz="2000" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0" smtClean="0">
-[...18 lines deleted...]
-              <a:t>два вида параллелизма:</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Различают два вида параллелизма:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-параллелизм инструкций (конвейер)</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-параллелизм</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> на уровне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> инструкций</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(конвейер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>изация, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>pipeline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-Параллелизм на уровне процессора.</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>п</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>араллелизм на уровне процессора.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="alphaLcPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0">
-[...7 lines deleted...]
-              <a:t>Параллелизм инструкций (конвейер)</a:t>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Параллелизм</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> на уровне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> инструкций (pipeline)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" b="1" i="1" dirty="0">
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" i="1" dirty="0" smtClean="0">
-[...29 lines deleted...]
-              <a:t>такой же, как и у сборочной линии:</a:t>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>а) Принцип работы конвейера </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аналогичен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> сборочной линии:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>-разделение задачи на несколько подзадач одинаковой продолжительности, называемых этажами;</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-разделение задачи на несколько подзадач одинаковой продолжительности, называемых </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>стадиями (этапами)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>- Одновременное выполнение разных подзадач из нескольких задач.</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>о</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дновременное выполнение раз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>лич</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ных подзадач из нескольких задач.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Таким образом, увеличивается пропускная</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> способность системы. Система характериз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ует</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ся двумя параметрами: индивидуальной продолжительностью </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>стадии</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>( </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>T </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) и количеством </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>стадий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>( </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>l </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>конвейере</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. Задержка</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>/латентность</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>L </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="ru-RU" altLang="en-US" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> это общее время выполнения задачи: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>L = lT</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Пропускная способность</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>d </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>конвейера </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>зависит от числа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> выполняемых</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>n </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>задач. Время, необходимое для выполнения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>n </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>задач </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в конвейере, равно времени выполнения первой </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>задачи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>L =</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" i="1" dirty="0">
-[...21 lines deleted...]
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>lT</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>плюс время, необходимое для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>завершения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>следующих </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>n - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>1s:</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> задач</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Объект 5"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
-          <p:nvPr>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="438812" y="4224212"/>
           <a:ext cx="1463545" cy="590789"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s3080" name="Уравнение" r:id="rId3" imgW="1040948" imgH="418918" progId="Equation.3">
+                <p:oleObj spid="_x0000_s2" name="Уравнение" r:id="rId1" imgW="1040765" imgH="419100" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
-                <p:oleObj name="Уравнение" r:id="rId3" imgW="1040948" imgH="418918" progId="Equation.3">
+                <p:oleObj name="Уравнение" r:id="rId1" imgW="1040765" imgH="419100" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name="Object 1"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
-                      <a:blip r:embed="rId4">
+                      <a:blip r:embed="rId2">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </p:blipFill>
                     <p:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="438812" y="4224212"/>
                         <a:ext cx="1463545" cy="590789"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                     </p:spPr>
                   </p:pic>
                 </p:oleObj>
               </mc:Fallback>
             </mc:AlternateContent>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Прямоугольник 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="4887829"/>
-            <a:ext cx="12192000" cy="646331"/>
+            <a:ext cx="12192000" cy="922020"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...11 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Главный вывод: при большом числе задач пропускная способность зависит не от латентности, а от длительности отдельной стадии. Следовательно, оптимальная производительность достигается при максимально возможном дроблении задачи на подзадачи. Однако такое дробление имеет технические ограничения.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="2862322"/>
+            <a:ext cx="12192000" cy="2861310"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" i="1" dirty="0">
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>б) Классический конвейер выполнения инструкций</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>В компьютерах конвейер состоит из разделения выполнения инструкции на несколько модулей, каждый из которых жестко выполняет часть инструкции. Концепция конвейера на самом деле означает сборочную линию с сегментами, каждый из которых выполняет часть инструкции.</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В компьютерах конвейер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>изация</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>заключается в</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> разделени</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>и</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> выполнения инструкции на несколько модулей, каждый из которых </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аппаратно реализует </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>часть инструкции. Концепция конвейера на самом деле означает сборочную линию с сегментами, каждый из которых выполняет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> определенную</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> часть инструкции.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Например, 5-сегментная сборочная линия. Эти 5 сегментов:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>S1 - блок извлечения инструкций</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>S1 - блок извлечения</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>/выборки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> инструкций</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>S2 - блок декодирования инструкций</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...7 lines deleted...]
-              <a:t>S3 — блок вычисления и извлечения операндов</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>S3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> блок вычисления и извлечения</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>/выборки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> операндов</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
-[...10 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>S4 - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>блок непосредственного выполнения операции;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>S5 - блок записи результатов</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="5" name="Группа 4"/>
-          <p:cNvGrpSpPr>
-[...1 lines deleted...]
-          </p:cNvGrpSpPr>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
           <a:xfrm>
             <a:off x="1327087" y="2862322"/>
             <a:ext cx="4000500" cy="228600"/>
             <a:chOff x="2961" y="3424"/>
             <a:chExt cx="6300" cy="360"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="6" name="Group 3"/>
-            <p:cNvGrpSpPr>
-[...1 lines deleted...]
-            </p:cNvGrpSpPr>
+            <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr bwMode="auto">
             <a:xfrm>
               <a:off x="2961" y="3424"/>
               <a:ext cx="5040" cy="360"/>
               <a:chOff x="2961" y="3424"/>
               <a:chExt cx="5040" cy="360"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="8" name="Text Box 4"/>
               <p:cNvSpPr txBox="1">
                 <a:spLocks noChangeArrowheads="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="2961" y="3424"/>
                 <a:ext cx="720" cy="360"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:ln w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
-                <a:headEnd/>
-                <a:tailEnd/>
               </a:ln>
               <a:effectLst/>
               <a:extLst>
                 <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                   <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                     <a:effectLst>
                       <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                         <a:srgbClr val="808080"/>
                       </a:outerShdw>
                     </a:effectLst>
                   </a14:hiddenEffects>
                 </a:ext>
               </a:extLst>
             </p:spPr>
             <p:txBody>
               <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr">
                   <a:spcAft>
                     <a:spcPts val="0"/>
                   </a:spcAft>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="ru" sz="1100">
+                  <a:rPr lang="en-US" sz="1100">
                     <a:effectLst/>
                     <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                     <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                     <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   </a:rPr>
                   <a:t>S1</a:t>
                 </a:r>
                 <a:endParaRPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="9" name="Text Box 5"/>
               <p:cNvSpPr txBox="1">
                 <a:spLocks noChangeArrowheads="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="4041" y="3424"/>
                 <a:ext cx="720" cy="360"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:ln w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
-                <a:headEnd/>
-                <a:tailEnd/>
               </a:ln>
               <a:effectLst/>
               <a:extLst>
                 <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                   <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                     <a:effectLst>
                       <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                         <a:srgbClr val="808080"/>
                       </a:outerShdw>
                     </a:effectLst>
                   </a14:hiddenEffects>
                 </a:ext>
               </a:extLst>
             </p:spPr>
             <p:txBody>
               <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr">
                   <a:spcAft>
                     <a:spcPts val="0"/>
                   </a:spcAft>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="ru" sz="1100">
+                  <a:rPr lang="en-US" sz="1100">
                     <a:effectLst/>
                     <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                     <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                     <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   </a:rPr>
                   <a:t>S2</a:t>
                 </a:r>
                 <a:endParaRPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="10" name="Text Box 6"/>
               <p:cNvSpPr txBox="1">
                 <a:spLocks noChangeArrowheads="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="5121" y="3424"/>
                 <a:ext cx="720" cy="360"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:ln w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
-                <a:headEnd/>
-                <a:tailEnd/>
               </a:ln>
               <a:effectLst/>
               <a:extLst>
                 <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                   <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                     <a:effectLst>
                       <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                         <a:srgbClr val="808080"/>
                       </a:outerShdw>
                     </a:effectLst>
                   </a14:hiddenEffects>
                 </a:ext>
               </a:extLst>
             </p:spPr>
             <p:txBody>
               <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr">
                   <a:spcAft>
                     <a:spcPts val="0"/>
                   </a:spcAft>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="ru" sz="1100">
+                  <a:rPr lang="en-US" sz="1100">
                     <a:effectLst/>
                     <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                     <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                     <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   </a:rPr>
                   <a:t>S3</a:t>
                 </a:r>
                 <a:endParaRPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="11" name="Text Box 7"/>
               <p:cNvSpPr txBox="1">
                 <a:spLocks noChangeArrowheads="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="6201" y="3424"/>
                 <a:ext cx="720" cy="360"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:ln w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
-                <a:headEnd/>
-                <a:tailEnd/>
               </a:ln>
               <a:effectLst/>
               <a:extLst>
                 <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                   <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                     <a:effectLst>
                       <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                         <a:srgbClr val="808080"/>
                       </a:outerShdw>
                     </a:effectLst>
                   </a14:hiddenEffects>
                 </a:ext>
               </a:extLst>
             </p:spPr>
             <p:txBody>
               <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr">
                   <a:spcAft>
                     <a:spcPts val="0"/>
                   </a:spcAft>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="ru" sz="1100">
+                  <a:rPr lang="en-US" sz="1100">
                     <a:effectLst/>
                     <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                     <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                     <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   </a:rPr>
                   <a:t>S4</a:t>
                 </a:r>
                 <a:endParaRPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="12" name="Text Box 8"/>
               <p:cNvSpPr txBox="1">
                 <a:spLocks noChangeArrowheads="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="7281" y="3424"/>
                 <a:ext cx="720" cy="360"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:ln w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
-                <a:headEnd/>
-                <a:tailEnd/>
               </a:ln>
               <a:effectLst/>
               <a:extLst>
                 <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                   <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                     <a:effectLst>
                       <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                         <a:srgbClr val="808080"/>
                       </a:outerShdw>
                     </a:effectLst>
                   </a14:hiddenEffects>
                 </a:ext>
               </a:extLst>
             </p:spPr>
             <p:txBody>
               <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr">
                   <a:spcAft>
                     <a:spcPts val="0"/>
                   </a:spcAft>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="ru" sz="1100">
+                  <a:rPr lang="en-US" sz="1100">
                     <a:effectLst/>
                     <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                     <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                     <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   </a:rPr>
                   <a:t>S5</a:t>
                 </a:r>
                 <a:endParaRPr lang="en-US" sz="1100">
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:cxnSp>
             <p:nvCxnSpPr>
               <p:cNvPr id="13" name="Line 9"/>
               <p:cNvCxnSpPr>
                 <a:cxnSpLocks noChangeShapeType="1"/>
               </p:cNvCxnSpPr>
               <p:nvPr/>
             </p:nvCxnSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="3681" y="3604"/>
                 <a:ext cx="360" cy="0"/>
               </a:xfrm>
               <a:prstGeom prst="line">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:round/>
-                <a:headEnd/>
                 <a:tailEnd type="triangle" w="med" len="med"/>
               </a:ln>
               <a:effectLst/>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                     <a:noFill/>
                   </a14:hiddenFill>
                 </a:ext>
                 <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                   <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                     <a:effectLst>
                       <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                         <a:srgbClr val="808080"/>
                       </a:outerShdw>
                     </a:effectLst>
                   </a14:hiddenEffects>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:cxnSp>
           <p:cxnSp>
             <p:nvCxnSpPr>
               <p:cNvPr id="14" name="Line 10"/>
               <p:cNvCxnSpPr>
                 <a:cxnSpLocks noChangeShapeType="1"/>
               </p:cNvCxnSpPr>
               <p:nvPr/>
             </p:nvCxnSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="4761" y="3604"/>
                 <a:ext cx="360" cy="0"/>
               </a:xfrm>
               <a:prstGeom prst="line">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:round/>
-                <a:headEnd/>
                 <a:tailEnd type="triangle" w="med" len="med"/>
               </a:ln>
               <a:effectLst/>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                     <a:noFill/>
                   </a14:hiddenFill>
                 </a:ext>
                 <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                   <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                     <a:effectLst>
                       <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                         <a:srgbClr val="808080"/>
                       </a:outerShdw>
                     </a:effectLst>
                   </a14:hiddenEffects>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:cxnSp>
           <p:cxnSp>
             <p:nvCxnSpPr>
               <p:cNvPr id="15" name="Line 11"/>
               <p:cNvCxnSpPr>
                 <a:cxnSpLocks noChangeShapeType="1"/>
               </p:cNvCxnSpPr>
               <p:nvPr/>
             </p:nvCxnSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="5841" y="3604"/>
                 <a:ext cx="360" cy="0"/>
               </a:xfrm>
               <a:prstGeom prst="line">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:round/>
-                <a:headEnd/>
                 <a:tailEnd type="triangle" w="med" len="med"/>
               </a:ln>
               <a:effectLst/>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                     <a:noFill/>
                   </a14:hiddenFill>
                 </a:ext>
                 <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                   <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                     <a:effectLst>
                       <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                         <a:srgbClr val="808080"/>
                       </a:outerShdw>
                     </a:effectLst>
                   </a14:hiddenEffects>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:cxnSp>
           <p:cxnSp>
             <p:nvCxnSpPr>
               <p:cNvPr id="16" name="Line 12"/>
               <p:cNvCxnSpPr>
                 <a:cxnSpLocks noChangeShapeType="1"/>
               </p:cNvCxnSpPr>
               <p:nvPr/>
             </p:nvCxnSpPr>
             <p:spPr bwMode="auto">
               <a:xfrm>
                 <a:off x="6921" y="3604"/>
                 <a:ext cx="360" cy="0"/>
               </a:xfrm>
               <a:prstGeom prst="line">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:round/>
-                <a:headEnd/>
                 <a:tailEnd type="triangle" w="med" len="med"/>
               </a:ln>
               <a:effectLst/>
               <a:extLst>
                 <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                   <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                     <a:noFill/>
                   </a14:hiddenFill>
                 </a:ext>
                 <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                   <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                     <a:effectLst>
                       <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                         <a:srgbClr val="808080"/>
                       </a:outerShdw>
                     </a:effectLst>
                   </a14:hiddenEffects>
                 </a:ext>
               </a:extLst>
             </p:spPr>
           </p:cxnSp>
         </p:grpSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="7" name="Line 13"/>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks noChangeShapeType="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="8001" y="3604"/>
               <a:ext cx="1260" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:round/>
-              <a:headEnd/>
               <a:tailEnd type="triangle" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:cxnSp>
       </p:grpSp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="17" name="Таблица 16"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
-          <p:nvPr>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="498431" y="3205222"/>
-          <a:ext cx="7821709" cy="2135913"/>
+          <a:ext cx="7821709" cy="2074318"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:tableStyleId>{616DA210-FB5B-4158-B5E0-FEB733F419BA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="720839">
-[...82 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="720839"/>
+                <a:gridCol w="636537"/>
+                <a:gridCol w="636537"/>
+                <a:gridCol w="636537"/>
+                <a:gridCol w="636537"/>
+                <a:gridCol w="636537"/>
+                <a:gridCol w="636537"/>
+                <a:gridCol w="636537"/>
+                <a:gridCol w="636537"/>
+                <a:gridCol w="636537"/>
+                <a:gridCol w="636537"/>
+                <a:gridCol w="735500"/>
               </a:tblGrid>
               <a:tr h="195795">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>S1</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>1</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>2</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>3</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>4</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>5</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>6</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>7</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>8</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>9</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>10</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>11</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
               <a:tr h="195795">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>S2</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>1</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>2</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>3</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>4</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>5</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>6</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>7</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>8</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>9</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>10</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
               <a:tr h="195795">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>S3</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>1</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>2</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>3</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>4</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>5</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>6</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>7</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>8</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>9</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
               <a:tr h="195795">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>S4</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>1</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>2</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>3</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>4</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>5</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>6</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>7</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>8</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
               <a:tr h="195795">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>S5</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>1</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>2</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>3</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>4</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>5</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>6</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500">
+                        <a:rPr lang="en-US" sz="1500">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>7</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
               <a:tr h="912903">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1000" dirty="0">
+                        <a:rPr lang="en-US" sz="1000" dirty="0">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Время выполнения сегмента</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>т </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400" baseline="-25000">
+                        <a:rPr lang="en-US" sz="1400" baseline="-25000">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>1</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>т </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400" baseline="-25000">
+                        <a:rPr lang="en-US" sz="1400" baseline="-25000">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>2</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400" baseline="-25000" dirty="0">
+                        <a:rPr lang="en-US" sz="1400" baseline="-25000" dirty="0">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>  </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400" dirty="0">
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>т </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400" baseline="-25000" dirty="0">
+                        <a:rPr lang="en-US" sz="1400" baseline="-25000" dirty="0">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>3</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400" baseline="-25000">
+                        <a:rPr lang="en-US" sz="1400" baseline="-25000">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>  </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>т </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400" baseline="-25000">
+                        <a:rPr lang="en-US" sz="1400" baseline="-25000">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>4</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>т </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400" baseline="-25000">
+                        <a:rPr lang="en-US" sz="1400" baseline="-25000">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>5</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>т </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400" baseline="-25000">
+                        <a:rPr lang="en-US" sz="1400" baseline="-25000">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>6</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>т </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400" baseline="-25000">
+                        <a:rPr lang="en-US" sz="1400" baseline="-25000">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>7</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400" baseline="-25000">
+                        <a:rPr lang="en-US" sz="1400" baseline="-25000">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>  </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>т </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400" baseline="-25000">
+                        <a:rPr lang="en-US" sz="1400" baseline="-25000">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>8</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400" baseline="-25000">
+                        <a:rPr lang="en-US" sz="1400" baseline="-25000">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>  </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>т </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400" baseline="-25000">
+                        <a:rPr lang="en-US" sz="1400" baseline="-25000">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>9</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400" baseline="-25000">
+                        <a:rPr lang="en-US" sz="1400" baseline="-25000">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>  </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>т </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400" baseline="-25000">
+                        <a:rPr lang="en-US" sz="1400" baseline="-25000">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>10</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1400">
+                        <a:rPr lang="en-US" sz="1400">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="107000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500" dirty="0">
+                        <a:rPr lang="en-US" sz="1500" dirty="0">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>т </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru" sz="1500" baseline="-25000" dirty="0">
+                        <a:rPr lang="en-US" sz="1500" baseline="-25000" dirty="0">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>11</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="1400" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="86284" marR="86284" marT="0" marB="0"/>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Прямоугольник 17"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="498431" y="5393840"/>
             <a:ext cx="7821708" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru" b="1" dirty="0">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Схема 5-сегментной сборочной линии; (а) схема работы; б) временная диаграмма выполнения сегментов.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Тема Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -16384,55 +18964,53 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -16645,109 +19223,133 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>1087</Words>
-[...2 lines deleted...]
-  <Paragraphs>239</Paragraphs>
+  <Words>11844</Words>
+  <Application>WPS Presentation</Application>
+  <PresentationFormat>Широкоэкранный</PresentationFormat>
+  <Paragraphs>371</Paragraphs>
   <Slides>15</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
+    <vt:vector size="8" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Тема</vt:lpstr>
+        <vt:lpstr>已用的字体</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>主题</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Внедренные серверы OLE</vt:lpstr>
+        <vt:lpstr>嵌入 OLE 服务器</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Заголовки слайдов</vt:lpstr>
+        <vt:lpstr>幻灯片标题</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="17" baseType="lpstr">
+    <vt:vector size="27" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>SimSun</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
+      <vt:lpstr>Calibri Light</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Microsoft YaHei</vt:lpstr>
+      <vt:lpstr>Arial Unicode MS</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>Уравнение</vt:lpstr>
+      <vt:lpstr>Equation.3</vt:lpstr>
+      <vt:lpstr>Equation.3</vt:lpstr>
+      <vt:lpstr>Equation.3</vt:lpstr>
       <vt:lpstr>Архитектура компьютера  Т.4 - Структура и особенности единство центр   </vt:lpstr>
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-[...12 lines deleted...]
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Circuite și Dispozitive Electronice  L.1 – Introducere </dc:title>
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
+    <vt:lpwstr>14618D3F2A674B10800627D04DB12BD2_13</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
+    <vt:lpwstr>1033-12.2.0.23196</vt:lpwstr>
+  </property>
+</Properties>
+</file>