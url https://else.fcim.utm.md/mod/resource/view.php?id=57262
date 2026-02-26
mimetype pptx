--- v0 (2025-10-12)
+++ v1 (2026-02-26)
@@ -1,112 +1,113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="JPG" ContentType="image/.jpg"/>
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
-  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
-  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...16 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483672" r:id="rId1"/>
+    <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId22"/>
+    <p:notesMasterId r:id="rId10"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
-[...18 lines deleted...]
-    <p:sldId id="274" r:id="rId21"/>
+    <p:sldId id="256" r:id="rId3"/>
+    <p:sldId id="275" r:id="rId4"/>
+    <p:sldId id="257" r:id="rId5"/>
+    <p:sldId id="258" r:id="rId6"/>
+    <p:sldId id="259" r:id="rId7"/>
+    <p:sldId id="260" r:id="rId8"/>
+    <p:sldId id="261" r:id="rId9"/>
+    <p:sldId id="262" r:id="rId11"/>
+    <p:sldId id="263" r:id="rId12"/>
+    <p:sldId id="264" r:id="rId13"/>
+    <p:sldId id="265" r:id="rId14"/>
+    <p:sldId id="266" r:id="rId15"/>
+    <p:sldId id="267" r:id="rId16"/>
+    <p:sldId id="268" r:id="rId17"/>
+    <p:sldId id="269" r:id="rId18"/>
+    <p:sldId id="270" r:id="rId19"/>
+    <p:sldId id="271" r:id="rId20"/>
+    <p:sldId id="272" r:id="rId21"/>
+    <p:sldId id="273" r:id="rId22"/>
+    <p:sldId id="274" r:id="rId23"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -163,200 +164,137 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
-    <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-[...1 lines deleted...]
-    </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
-[...59 lines deleted...]
-</a:tblStyleLst>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="9770" autoAdjust="0"/>
     <p:restoredTop sz="95253" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
-    <p:cSldViewPr snapToGrid="0">
+    <p:cSldViewPr snapToGrid="0" showGuides="1">
       <p:cViewPr>
         <p:scale>
           <a:sx n="100" d="100"/>
           <a:sy n="100" d="100"/>
         </p:scale>
         <p:origin x="-1290" y="-336"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -401,51 +339,50 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{75527F67-3A50-4297-B8B6-693DA88AA5E4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/25/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -468,71 +405,75 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -560,62 +501,56 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6858DB0D-707A-4B4F-9F6C-74B60B20FB92}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
@@ -670,51 +605,51 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Образ слайда 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -738,62 +673,56 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6858DB0D-707A-4B4F-9F6C-74B60B20FB92}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
@@ -932,104 +861,97 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/25/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Заголовок и вертикальный текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -1053,153 +975,150 @@
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/25/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Вертикальный заголовок и текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -1233,153 +1152,150 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365125"/>
             <a:ext cx="7734300" cy="5811838"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/25/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -1403,153 +1319,150 @@
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/25/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Заголовок раздела">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -1678,124 +1591,118 @@
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/25/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -1824,210 +1731,211 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1825625"/>
             <a:ext cx="5181600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/25/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Сравнение">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -2098,99 +2006,104 @@
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2505075"/>
             <a:ext cx="5157787" cy="3684588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="1681163"/>
             <a:ext cx="5183188" cy="823912"/>
@@ -2220,181 +2133,179 @@
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6172200" y="2505075"/>
             <a:ext cx="5183188" cy="3684588"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/25/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Только заголовок">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -2415,199 +2326,185 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/25/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Пустой слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/25/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Объект с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -2673,71 +2570,75 @@
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="839788" y="2057400"/>
             <a:ext cx="3932237" cy="3811588"/>
@@ -2767,124 +2668,118 @@
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/25/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Рисунок с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -3024,133 +2919,127 @@
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/25/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -3194,118 +3083,121 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BD7CAE28-B5DB-416C-BBE2-FF443ED9C5B5}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/25/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3339,76 +3231,70 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="8610600" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6CBC0902-DFCD-4542-83AB-0F1E2C26E220}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483673" r:id="rId1"/>
-[...9 lines deleted...]
-    <p:sldLayoutId id="2147483683" r:id="rId11"/>
+    <p:sldLayoutId id="2147483649" r:id="rId1"/>
+    <p:sldLayoutId id="2147483650" r:id="rId2"/>
+    <p:sldLayoutId id="2147483651" r:id="rId3"/>
+    <p:sldLayoutId id="2147483652" r:id="rId4"/>
+    <p:sldLayoutId id="2147483653" r:id="rId5"/>
+    <p:sldLayoutId id="2147483654" r:id="rId6"/>
+    <p:sldLayoutId id="2147483655" r:id="rId7"/>
+    <p:sldLayoutId id="2147483656" r:id="rId8"/>
+    <p:sldLayoutId id="2147483657" r:id="rId9"/>
+    <p:sldLayoutId id="2147483658" r:id="rId10"/>
+    <p:sldLayoutId id="2147483659" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -3654,123 +3540,123 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.GIF"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.GIF"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Заголовок 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -3803,396 +3689,527 @@
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-GB" sz="3200" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>T</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="x-none" sz="3200" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.2 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="x-none" sz="3200" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>– </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" sz="3200">
+              <a:rPr lang="en-US" sz="3200">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Краткая история развития компьютеров</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Подзаголовок 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1406305" y="6047715"/>
             <a:ext cx="9144000" cy="495678"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="x-none" dirty="0" smtClean="0"/>
               <a:t>Conf. Univ. Dr. Crețu Vasilii</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 1"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="846497" y="3023857"/>
-            <a:ext cx="10429592" cy="923330"/>
+            <a:ext cx="10429592" cy="922020"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO" b="1"/>
-[...4 lines deleted...]
-              <a:t>Ознакомиться с основными этапами развития вычислительных систем, определяемыми технологической эволюцией и эволюцией, определяемой новыми концепциями в архитектуре компьютеров.</a:t>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>Цель </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1"/>
+              <a:t>лекции</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US"/>
+              <a:t>ознакомление </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>с основными этапами развития вычислительных систем, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US"/>
+              <a:t>обусловленными </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>технологической эволюцией,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US"/>
+              <a:t> а также развитием, вызванными </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>новыми концепциями в архитектуре </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US"/>
+              <a:t>вычислительных систем</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="353086" y="1779935"/>
-            <a:ext cx="11588436" cy="646331"/>
+            <a:ext cx="11588436" cy="645160"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO" b="1"/>
-              <a:t>Краткая история развития компьютеров, Влияние технического прогресса на развитие компьютеров, Новые концепции в развитии компьютеров</a:t>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>Краткая история развития компьютеров, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1"/>
+              <a:t>в</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>лияние </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1"/>
+              <a:t>технологического </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>прогресса на развитие компьютеров, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1"/>
+              <a:t>н</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>овые концепции в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1"/>
+              <a:t>эволюции </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>компьютеров</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" strike="sngStrike" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="846496" y="3925545"/>
-            <a:ext cx="10846495" cy="1200329"/>
+            <a:ext cx="10846495" cy="1198880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO" b="1"/>
-              <a:t>Ученик должен знать</a:t>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1"/>
+              <a:t>Студент </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>должен знать</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ro-RO" b="1" i="1" smtClean="0"/>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="ro-RO" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ro-RO" b="1" i="1" dirty="0"/>
               <a:t>§ </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ro-RO" b="1" i="1"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" b="1" i="1"/>
-[...4 lines deleted...]
-              <a:t/>
+              <a:rPr lang="en-US" b="1" i="1"/>
+              <a:t>Основные этапы развития ЭВМ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1"/>
+              <a:t>, представленные </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1"/>
+              <a:t>в виде поколений</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="ro-RO" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="ro-RO" b="1" i="1" dirty="0" smtClean="0"/>
               <a:t>§</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ro-RO" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ro-RO" b="1" i="1"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" b="1" i="1"/>
-              <a:t>Ученые, внесшие вклад в развитие вычислительных систем и формирование понятия Компьютер.</a:t>
+              <a:rPr lang="en-US" b="1" i="1"/>
+              <a:t>Учены</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1"/>
+              <a:t>х</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1"/>
+              <a:t>, внесши</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1"/>
+              <a:t>х</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1"/>
+              <a:t> вклад в развитие вычислительных систем и формирование понятия </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1"/>
+              <a:t>к</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1"/>
+              <a:t>омпьютер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1"/>
+              <a:t>а</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1"/>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="ro-RO" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ro-RO" b="1" i="1" dirty="0"/>
               <a:t>§ </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ro-RO" b="1" i="1"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" b="1" i="1"/>
+              <a:rPr lang="en-US" b="1" i="1"/>
               <a:t>Основные идеи компьютерной архитектуры, которые привели к развитию компьютеров.</a:t>
             </a:r>
             <a:endParaRPr lang="ro-RO" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="66675" y="0"/>
-            <a:ext cx="11925300" cy="923330"/>
+            <a:ext cx="11925300" cy="1198880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Основы современной компьютерной архитектуры были заложены Джоном фон Нейманом, который </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>разработал IAS</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>. Он предложил заменить последовательную десятичную арифметику параллельной двоичной арифметикой. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Машина фон Неймана </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>была </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>реализована Морисом Уилксом </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>и называлась EDSAC</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, имея встроенную концепцию хранимой программа</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8194" name="Picture 2" descr="EDSAC — Википедия"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="193675" y="885825"/>
+            <a:off x="179070" y="1198880"/>
             <a:ext cx="4849707" cy="3409950"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -4200,952 +4217,1131 @@
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="6439712" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1" i="1">
+              <a:rPr lang="en-US" b="1" i="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Второе поколение, транзисторные компьютеры (1955-1965)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="369332"/>
-            <a:ext cx="12115800" cy="923330"/>
+            <a:ext cx="12115800" cy="922020"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...11 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Джон Бардин, Уолтер Браттейн и Уильям Шокли изобрели</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> биполярный</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> транзистор с p-n переходом в 1948 году, который принес им Нобелевскую премию по физике 1956 года. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Транзистор выполняет те же функции, что и электронные вакуумные лампы, однако обладает преимуществом миниатюризации.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1292662"/>
-            <a:ext cx="12049125" cy="2031325"/>
+            <a:ext cx="12049125" cy="2030095"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Компьютеры</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, основанные на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>транзисторной технологии</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>обладают следующими </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>характеристиками</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>использование </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...18 lines deleted...]
-              <a:t>эксплуатации;</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>диодов и транзисторов на германиевой, а затем на кремниевой основе, что привело к меньш</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ему тепловыделению (рассеивание мощности)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>уменьшению </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>габарит</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>повышению надежности работы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>память </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>на ферритовых кольцах, в 1000 раз быстрее</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, чем у предыдущего поколения, со временем доступа 2-12 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>мкс</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...32 lines deleted...]
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>появление печатных плат;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="en-US" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>появление периферийных устройств, таких как диски, магнитные ленты, принтеры</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...60 lines deleted...]
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>появление </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>языков высокого уровня, таких как Fortran, Cobol, Algol.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="152400" y="3586163"/>
             <a:ext cx="8553450" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Среди компьютеров этого поколения наиболее известны:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9218" name="Picture 2" descr="The TX-0 computer, built in 1955 and made operational in 1956. The TX-0 was  essentially a transistori… | Computer history, First transistor, Computer  history museum"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId1" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7467599" y="3501093"/>
             <a:ext cx="4773947" cy="3252251"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="4068961"/>
-            <a:ext cx="7191375" cy="646331"/>
+            <a:ext cx="7191375" cy="645160"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
+              <a:rPr lang="en-US" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>TX-0 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...7 lines deleted...]
-              <a:t>(Транзисторный экспериментальный компьютер 0), сделанный в Массачусетском технологическом институте.</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(Транзисторный экспериментальный компьютер 0), сделанный в Массачусетском технологическом институте</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ru-RU">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(MIT)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="923330"/>
+            <a:ext cx="12192000" cy="922020"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ro-RO" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>PDP-1 (Programmable Data Processor) </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...18 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>разработан </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ro-RO" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>DEC (Digital Equipement Corporation), </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>с внутренней памятью 4</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ro-RO">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>k </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...7 lines deleted...]
-              <a:t>слов по 18 бит и циклом команд 5µ</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>слов по 18 бит и циклом команд</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (инструкицй)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 5µ</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ro-RO">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>s</a:t>
-[...24 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:t>s. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>был оснащен консолью с</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ЭЛТ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-монитором</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (электронно-лучевой трубкой) с возможностью контроля каждой точки </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>на </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>экране.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10242" name="Picture 2" descr="PDP-1 — Википедия"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId1" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="127000" y="1384995"/>
             <a:ext cx="4445000" cy="3333750"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4829174" y="923330"/>
-            <a:ext cx="7362825" cy="923330"/>
+            <a:ext cx="7362825" cy="1198880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
+              <a:rPr lang="en-US" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>PDP-8, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...7 lines deleted...]
-              <a:t>с одной шиной и следующими модулями: ЦП, память, консоль, устройства ввода/вывода. Это был первый крупномасштабный коммерческий цифровой компьютер, проданный тиражом 5000 штук.</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>с одной шиной и следующими модулями: ЦП, память, консоль, устройства ввода/вывода. Это был первый крупномасштабный коммерческий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(серийный) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>цифровой компьютер, проданный тиражом 5000 штук.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10244" name="Picture 4" descr="PDP-8/E - Wikipedia"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8040329" y="2041640"/>
             <a:ext cx="4013815" cy="4632620"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -5153,90 +5349,90 @@
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12096750" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
+              <a:rPr lang="en-US" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>CDC 6600, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>произведенный DEC и разработанный Сеймуром Крэем, будущим разработчиком компьютеров Cray 1 и Cray 2.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11266" name="Picture 2" descr="CDC 6600 - Wikiwand"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId1" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="257175" y="1302782"/>
             <a:ext cx="3832225" cy="2667969"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -5251,1515 +5447,2149 @@
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4089400" y="415498"/>
             <a:ext cx="6096000" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
+              <a:rPr lang="en-US" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>IBM 7094 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>с 32-битной памятью на 36 слов и циклом команд 2 мкс.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11268" name="Picture 4" descr="IBM 7090 - Wikiwand"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7785100" y="1519713"/>
             <a:ext cx="4191000" cy="3143250"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="66674" y="0"/>
             <a:ext cx="7419975" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO" b="1" i="1">
+              <a:rPr lang="en-US" b="1" i="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Третье поколение, компьютеры на интегральных схемах (1965–1980)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="369332"/>
-            <a:ext cx="12192000" cy="1754326"/>
+            <a:ext cx="12192000" cy="1753235"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Интегральная схема была изобретена в 1958 году Робертом Нойлом или, по другим </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>источникам</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, Джеком Килби из Texas Instruments. Речь идет о </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>размещении на одном кремниевом кристалле</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> тысяч, а затем и миллионов компонентов.Главные особенности компьютеров этого </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>поколения</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>использование </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>интегральных схем </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>малой степени интеграции - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>по 100 транзисторов на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>кристалл</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>появление </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>полупроводниковых ЗУ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (памяти)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, со временем доступа </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>0,5-75мкс</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>внешняя </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...7 lines deleted...]
-              <a:t>память большой емкости, массовые диски и магнитные ленты</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>память большой емкости</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> -</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>диск</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>овые накопители</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> и магнитные ленты</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ro-RO" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-66676" y="2123658"/>
-            <a:ext cx="7800975" cy="646331"/>
+            <a:ext cx="7800975" cy="645160"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...7 lines deleted...]
-              <a:t>Вычислительные системы этого поколения были созданы:IBM, наиболее представительным из которых является IBM 360;</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Вычислительные системы этого поколения были созданы:IBM, наиболее представительн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ой моделью</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> из которых является IBM 360;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12290" name="Picture 2" descr="IBM System/360 — Википедия"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId1" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8496301" y="1520410"/>
             <a:ext cx="3312944" cy="2208629"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="238125" y="2727128"/>
-            <a:ext cx="7248524" cy="1477328"/>
+            <a:ext cx="7248524" cy="1476375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Миникомпьютер IBM 360 имел следующие </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>особенности</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="ru-RU" altLang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>цикл </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>инструкции </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>250мкс</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>адресное </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пространство 2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="30000">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>16</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> байт (19 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>М</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>байт</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>);</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>32-битные </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>рабочие </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>регистры</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>появление </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>мультипрограммирования.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-281170" y="4204456"/>
             <a:ext cx="5419945" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
+              <a:rPr lang="en-US" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>DEC, с миникомпьютерами серии PDP 11/XX</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ro-RO" b="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Прямоугольник 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="133350" y="4481455"/>
-            <a:ext cx="6096000" cy="1200329"/>
+            <a:ext cx="6096000" cy="1198880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...7 lines deleted...]
-              <a:t>Миникомпьютеры PDP 11/XX имели схожие с IBM характеристики, но слово было 16-битным (а затем 32-битным для серии VAX); соотношение цена/качество было очень хорошим, лучшим с 80-х годов.</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Миникомпьютеры PDP 11/XX имели схожие с IBM характеристики, но слово было 16-битным (а затем 32-битным для серии VAX); соотношение цена/качество было очень </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>высоким</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, лучшим с 80-х годов.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12292" name="Picture 4" descr="pdp 11 computer - Google Search | Informatique"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7858126" y="3729039"/>
             <a:ext cx="3951120" cy="2963340"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="4649863" cy="369332"/>
+            <a:ext cx="5320665" cy="368300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1" i="1">
-[...7 lines deleted...]
-              <a:t>Четвертое поколение. В.Л.С.И. (1980-2005)</a:t>
+              <a:rPr lang="en-US" b="1" i="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Четвертое поколение. В.Л.С.И.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ru-RU" b="1" i="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(VLSI)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (1980-2005)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="369332"/>
-            <a:ext cx="12192000" cy="3693319"/>
+            <a:ext cx="12192000" cy="3692525"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Появление этого поколения стало возможным благодаря совершенствованию тех</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нологий интегральных схем</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. Интегральные схемы VLSI (Very Large Scale Integration) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>достигли уровня до </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1 миллиарда транзисторов на чип.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Компьютеры этого поколения характеризуются </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>следующим</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...21 lines deleted...]
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>использование схем СБИС</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ru-RU">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(VLSI)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>появление</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>м</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> и развитие</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>м</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>микропроцессоров</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>разработк</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ой</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> новых типов памяти (МОП, магнитн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ой</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> голографическ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ой</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) и периферийн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ых устройств</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, ориентированн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ых</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> на первичное </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>восприятие </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>данных</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" algn="just">
+            <a:pPr marL="285750" indent="-285750" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...21 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="ru-RU" altLang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>объединением </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>компьютеров в сет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>и</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, сопровожда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>вшимся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> взаимопроникновением компьютерной и телекоммуникационной </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>отраслей</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" algn="just">
+            <a:pPr marL="285750" indent="-285750" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...32 lines deleted...]
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>появление</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>м</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> и развитие</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>м</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> сложных программных сред с мощными графическими </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>возможностями</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="just">
+            <a:pPr algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>В </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...7 lines deleted...]
-              <a:t>этом поколении сначала появились персональные компьютеры Home Computer, а затем широко известный Personal Computer, основанный на микропроцессорах; двумя наиболее важными микропроцессорными компаниями являются INTEL и AMD.</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>этом поколении сначала появились персональные компьютеры </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>типы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Home Computer, а затем широко известн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ые</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Personal Computer, основанны</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>е</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> на микропроцессорах; двумя </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>из наиболее важных компаний-производителей микропроцессоров</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> являются INTEL и AMD.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13314" name="Picture 2" descr="IBM PC — Википедия"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1113748" y="4152899"/>
             <a:ext cx="3715427" cy="2684977"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13316" name="Picture 4" descr="IBM Portable Personal Computer — Википедия"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5426299" y="3905249"/>
             <a:ext cx="4415415" cy="2932627"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -6767,414 +7597,530 @@
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="1976888" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1" i="1">
+              <a:rPr lang="en-US" b="1" i="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Пятое поколение</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="369332"/>
-            <a:ext cx="12192000" cy="1754326"/>
+            <a:ext cx="12192000" cy="2030095"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Была предпринята попытка определить пятое поколение</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> путем формулировки </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>требован</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>стоящих в настоящее время</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> перед компьютерами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. Эти т</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ребования, которые включают </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>следующее</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>интеллектуальный интерфейс, позволяющий вести диалог на естественном языке (голос, звуки, изображения, графическая </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>информация</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>);</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>создание машины, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>способной осуществлять </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>рассуждения для решения задачи без предварительного знания </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>алгоритма</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>- </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...7 lines deleted...]
-              <a:t>Огромные базы данных с очень быстрым поиском.</a:t>
+              <a:rPr lang="ru-RU" altLang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>о</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>громные базы данных с очень быстрым поиском.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14338" name="Picture 2" descr="Пятое поколение ЭВМ"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="193675" y="2351485"/>
             <a:ext cx="4762500" cy="3067050"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14340" name="Picture 4" descr="Как правильно выбрать компьютер » Фирма КИП- Компьютеры, комплектующие,  оргтехника, телефония, банковское оборудование и многое другое"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6153150" y="2427685"/>
             <a:ext cx="4876800" cy="2990850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="15362" name="Picture 2" descr="Вот так выглядит 50-кубитный квантовый компьютер IBM - ITC.ua"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="114299" y="464066"/>
             <a:ext cx="5407025" cy="3852129"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -7184,2752 +8130,4287 @@
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="94734"/>
             <a:ext cx="2784545" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
+              <a:rPr lang="en-US" b="1">
                 <a:solidFill>
                   <a:srgbClr val="202122"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>квантовый компьютер</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="15364" name="Picture 4" descr="acces la computerul cuantic"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5635623" y="464066"/>
             <a:ext cx="6490193" cy="3650734"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="4829399" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="1477963" indent="-1477963">
+            <a:pPr marL="1478280" indent="-1478280">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
+              <a:rPr lang="en-US" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Новые концепции в эволюции компьютеров</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="369332"/>
-            <a:ext cx="12192000" cy="646331"/>
+            <a:ext cx="12192000" cy="645160"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...7 lines deleted...]
-              <a:t>Помимо технического прогресса, новые конструкции привели к быстрому развитию компьютерных систем. Новые идеи в первую очередь связаны с компьютерной архитектурой. Упомянем лишь самые важные из них.</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Помимо </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>технологического </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>прогресса, новые </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>концепции </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>привели к быстрому развитию </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>вычислительных </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>систем. Новые идеи в первую очередь связаны с архитектурой</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> компьютеров</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ниже упомянуты </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>лишь самые важные из них.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="46648" y="1015663"/>
             <a:ext cx="2792752" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1" i="1">
+              <a:rPr lang="en-US" b="1" i="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Микропрограммирование</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1384995"/>
-            <a:ext cx="12192000" cy="1200329"/>
+            <a:ext cx="12192000" cy="1198880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...7 lines deleted...]
-              <a:t>В 1951 году Морис Уилкс, исследователь из Кембриджского университета, предложил построить трехъярусный автомобиль вместо двух предыдущих. Новый уровень, предложенный Уилксом, заключался в том, что набор инструкций должен интерпретироваться прошивкой, а не выполняться непосредственно на электронной стороне. Эта концепция, называемая прошивкой, стала доминирующей с 1970-х годов.</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В 1951 году Морис Уилкс, исследователь из Кембриджского университета, предложил построить </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>вычислительную машину с тремя уровнями вместо двух, существовавших ранее</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Новый уровень, предложенный Уилксом, должен был обеспечивать интерпретацию набора инструкций микропрограммой, а не их прямую реализацию на электронном уровне.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Эта концепция, называемая </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>микропрограммированием</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, стала доминирующей</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> начиная</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> с 1970-х годов.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="58043" y="2585324"/>
-            <a:ext cx="3770199" cy="369332"/>
+            <a:off x="150855" y="2566909"/>
+            <a:ext cx="3988435" cy="368300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1" i="1">
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
+              <a:rPr lang="en-US" b="1" i="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Изобрет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ение</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> операционн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ой</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> систем</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" i="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ы</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="en-US" sz="1600" b="1" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Прямоугольник 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="46648" y="2954656"/>
-            <a:ext cx="12145352" cy="2585323"/>
+            <a:ext cx="12145352" cy="2861310"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO" i="1">
+              <a:rPr lang="en-US" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Операционная система была спроектирована и внедрена с целью автоматизации задач оператора компьютера.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Операционная система </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> это программа, которая действует как посредник между пользователем и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аппаратной </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>частью </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>вычислительной </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>системы и позволяет эффективно использовать компоненты компьютера. Первая операционная система была разработана в 1955 году программистами исследовательского центра General Motors, которые написали ​​программу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> под названием</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>программа-монитор для IBM 701</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...7 lines deleted...]
-              <a:t>». </a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>a monitor program for the IBM 701</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...22 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="1800">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Важным этапом в развитии вычислительных систем стало создание систем разделения времени (time-sharing) в MIT в начале 1960-х годов. В конце 1960-х годов выделяется ряд разработок, среди которых операционная система UNIX, уже обладавшая развитой файловой системой, управлением процессами, интерфейсом с системой и набором специализированных инструментов для выполнения конкретных задач. Как следует из названия, зарегистрированная марка UNIX обозначила начало семейства совместимых систем.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Прямоугольник 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="151324" y="5644874"/>
+            <a:off x="151324" y="5700119"/>
             <a:ext cx="1507785" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1" i="1">
+              <a:rPr lang="en-US" b="1" i="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Кэш-память</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Прямоугольник 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="58043" y="6001644"/>
-            <a:ext cx="12168676" cy="369332"/>
+            <a:off x="58043" y="6056889"/>
+            <a:ext cx="12168676" cy="645160"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...6 lines deleted...]
-              <a:t>Кэширование было простой, но очень эффективной идеей, которая увеличила скорость вычислений системы в десять раз.</a:t>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Кэш-память стала</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> простой, но </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>чрезвычайно </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>эффективной идеей, которая увеличила скорость вычислений системы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>примерно </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в десять раз.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="2308324"/>
+            <a:ext cx="12192000" cy="2306955"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
-[...24 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Закон Мура</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-закон аппаратного обеспечения</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (Hardware Law) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В 1965 году Гордон Мур, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>со</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>основатель Intel, заметил, что количество транзисторов неуклонно растет, и предсказал, что их количество будет ежегодно удваиваться. Это стало </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>законом Мура</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, выраженным в удвоении числа транзисторов каждые 18 месяцев. Очевидно, что этот технический прогресс привел к увеличению производительности системы и снижению </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...14 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>их стоимость</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...26 lines deleted...]
-              <a:t>утверждает, что «программное обеспечение подобно газу, увеличивающемуся в объеме до такой степени, что оно занимает все пространство, находящееся в его распоряжении». Этот закон указывает на то, что имеющиеся жесткие ресурсы немедленно потребляются программным обеспечением, тем более что существует постоянный спрос на ресурсы.</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Закон о программном обеспечении</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, сформулированный</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Натан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Мирвольд</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>утверждает, что «программное обеспечение подобно газу, увеличивающемуся в объеме до такой степени, что оно занимает все пространство, находящееся в его распоряжении». Этот закон указывает на то, что имеющиеся </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аппаратные </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ресурсы немедленно потребляются программным обеспечением, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>причем</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> существует постоянный спрос на</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> дополнительные</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ресурсы.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="2585323"/>
-            <a:ext cx="6096000" cy="369332"/>
+            <a:ext cx="6096000" cy="368300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
-[...6 lines deleted...]
-              <a:t>ВИДЫ КОМПЬЮТЕРОВ</a:t>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ТИПЫ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>КОМПЬЮТЕРОВ</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="2954655"/>
-            <a:ext cx="12192000" cy="3139321"/>
+            <a:ext cx="12192000" cy="3415030"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...14 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В развитии ЭВМ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>существуют </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>два важных </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>направления</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
-              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>CISC </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...14 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(компьютеры с комплексным набором инструкций), соответствующие компьютерам, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>реализованным </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>на базе микропроцессоров с архитектурой </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>CISC</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
-              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>RISC </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...24 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(компьютеры с сокращенным набором инструкций), соответствующие компьютерам, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>реализованным на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>микропроцессора</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>х архитектуры</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> RISC, представителем которых является микропроцессор SPARC </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>разработынный компанией </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Sun Microsystems</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Параллельно </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>развиваются альтернативные </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>направления</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Параллельные </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...18 lines deleted...]
-            <a:endParaRPr lang="en-US" smtClean="0">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>компьютеры. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Представительным примером является Стэнфордский университет, где была разработана архитектура MIPS (Millions of Instructions Per Second) с особой параллельной структурой.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Компьютеры</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...6 lines deleted...]
-              <a:t>, ориентированные на язык: новое направление развития — чипы Java Virtual Machine (JVM)</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, ориентированные на язык: новое направление развития </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> чипы Java Virtual Machine (JVM)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2" descr="Ce este abacul si cine l-a inventat? - Deștepți.ro"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId1" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="196396" y="124051"/>
             <a:ext cx="4914148" cy="3228749"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1028" name="Picture 4" descr="Abac - Wikipedia"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5258254" y="124051"/>
             <a:ext cx="3975553" cy="3175740"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1030" name="Picture 6" descr="Где, по всей вероятности, впервые... | Вопросы Quiz Club | QuizzClub"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="196396" y="3502704"/>
             <a:ext cx="5258254" cy="3232008"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1032" name="Picture 8" descr="Абак - История информатики"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5846083" y="3409950"/>
             <a:ext cx="3762375" cy="2552700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="3970318"/>
+            <a:ext cx="12192000" cy="4523105"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Примеры типов </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>компьютеров</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Персональные компьютеры </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...6 lines deleted...]
-              <a:t>— это настольные компьютеры и рабочие книги. Они однопроцессорные и называются ПК (если микропроцессор CISC) или рабочие станции (если процессор RISC). Их вычислительная мощность увеличивается по мере развития технологий. Они могут быть оснащены модемами для удаленной передачи</a:t>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> это настольные компьютеры и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>электронные органайзеры</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Обычно являются </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>однопроцессорны</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ми</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> и называются ПК (если микропроцессор CISC) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>либо рабочими </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>станци</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ями</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(если процессор RISC). Их вычислительная мощность </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>возрастает </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>по мере развития технологий. Они могут быть оснащены модемами для удаленной передачи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> данных</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Электронные серверы </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...14 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> относятся </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>к компьютерам повышенной мощности</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> в сети, на которых установлено соответствующее программное обеспечение</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> и которые </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>обслуживаю</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>т</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> рабочие </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>станции</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
-[...34 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Совокупность </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>рабочи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>х </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>станци</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>й</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> также называемые сетями рабочих станций (NOW) или кластерами рабочих станций (COW) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> состоят из нескольких рабочих станций, соединённых высокоскоростными сетями и использующих распределённое программное обеспечение для совместного решения специализированных задач</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" smtClean="0">
+            <a:endParaRPr lang="en-US" altLang="en-US" b="1" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1" smtClean="0">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Большие </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>компьютеры </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...14 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> характерны для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>курпных </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>систем с очень большой емкостью памяти (порядка терабайт, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1T</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>байт</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> = 10</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" baseline="30000">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>12</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...6 lines deleted...]
-              <a:t> окт.).</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>байт</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>).</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Суперкомпьютеры - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...16 lines deleted...]
-              <a:t/>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>обладают очень быстрым</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> центральным</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> процессор</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, большими ресурсами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> памяти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (памятью) и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>высокоскоростными </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>соединениями, использу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ются</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>выполнения чрезвычайно </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сложных научных вычислений.</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...6 lines deleted...]
-              <a:t>Все эти компьютеры имеют центральный процессор (ЦП), встроенный в микросхему, называемую микропроцессором.</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Все эти компьютеры имеют центральный процессор</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(или центральное процессорное устройство-ЦПУ)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (ЦП), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>интегрированное на одном кристалле</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, называем</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> микропроцессором.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
-              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12035073" cy="1077218"/>
+            <a:ext cx="12035073" cy="1076325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" sz="1600">
+              <a:rPr lang="en-US" sz="1600">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>С течением времени, от появления первого компьютера до наших дней, развитие в этой области было обусловлено двумя </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" sz="1600">
+              <a:rPr lang="en-US" sz="1600">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>основными </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" sz="1600" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>факторами</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ro-RO" sz="1600" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ro-RO" sz="1600" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" sz="1600">
-[...21 lines deleted...]
-              <a:rPr lang="ru-MO" sz="1600" smtClean="0">
+              <a:rPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>технически</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>м</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> прогресс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>и</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ro-RO" sz="1600" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" sz="1600">
-[...7 lines deleted...]
-              <a:t>введение новых концепций в компьютерную архитектуру.</a:t>
+              <a:rPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>введение</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>м</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> новых концепций в компьютерную архитектуру.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-337995" y="892552"/>
             <a:ext cx="10495984" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="457200">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
+              <a:rPr lang="en-US" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Влияние технического прогресса на развитие компьютеров</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="174150" y="1134877"/>
             <a:ext cx="6267550" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1" i="1">
+              <a:rPr lang="en-US" b="1" i="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Нулевое поколение, механические компьютеры (1642–1945)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1504209"/>
-            <a:ext cx="12192000" cy="646331"/>
+            <a:ext cx="12192000" cy="645160"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...6 lines deleted...]
-              <a:t>Первым, кто построил работающую компьютерную машину, был Блез Паскаль (1623–1662), который в 19 лет сконструировал механическую машину. Машина могла только складывать и вычитать</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Первым, кто построил </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>работоспособную </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>компьютерную машину, был Блез Паскаль (1623–1662), который в 19 лет сконструировал механическую машину. Машина могла только складывать и вычитать</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 2" descr="Портрет Паскаля, выполненный Франсуа II Кенелем для Герарда Эделинка в 1691 году"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId1" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="9020500" y="2150540"/>
             <a:ext cx="3014573" cy="3591111"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 4" descr="https://upload.wikimedia.org/wikipedia/commons/thumb/8/80/Arts_et_Metiers_Pascaline_dsc03869.jpg/1920px-Arts_et_Metiers_Pascaline_dsc03869.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1985383" y="2150539"/>
             <a:ext cx="6552035" cy="3589969"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="69408" y="0"/>
-            <a:ext cx="12053181" cy="923330"/>
+            <a:ext cx="12053181" cy="922020"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...7 lines deleted...]
-              <a:t>Готфрид фон Лейбниц (1646-1716) внес теоретический и практический вклад в рождение информатики. Он усовершенствовал машину Паскаля, причем новая машина могла выполнять, помимо сложения и вычитания, умножение и деление.</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Готфрид фон Лейбниц (1646-1716) внес теоретический и практический вклад в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>за</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>рождение информатики. Он усовершенствовал машину Паскаля, причем новая машина могла выполнять, помимо сложения и вычитания, умножение и деление.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ro-RO" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2050" name="Picture 2" descr="Christoph Bernhard Francke - Bildnis des Philosophen Leibniz (ca. 1695).jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId1" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="161925" y="1027331"/>
             <a:ext cx="2687520" cy="3319087"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2052" name="Picture 4" descr="https://upload.wikimedia.org/wikipedia/commons/thumb/9/92/Leibnitzrechenmaschine.jpg/1280px-Leibnitzrechenmaschine.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3478279" y="1027330"/>
             <a:ext cx="4425449" cy="3319087"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2054" name="Picture 6" descr="https://upload.wikimedia.org/wikipedia/commons/a/ac/Leibniz_binary_system_1703.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8419723" y="923330"/>
             <a:ext cx="2571184" cy="3462434"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="0"/>
             <a:ext cx="11841933" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Чарльза Бэббиджа (1792-1871) можно считать предшественником современного компьютера.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3074" name="Picture 2" descr="Charles Babbage - 1860.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId1" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="434566"/>
             <a:ext cx="2697917" cy="3534270"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2697917" y="434566"/>
-            <a:ext cx="9343192" cy="1477328"/>
+            <a:off x="2697917" y="308201"/>
+            <a:ext cx="9343192" cy="1753235"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr indent="450215" algn="just">
+            <a:pPr indent="450215" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...7 lines deleted...]
-              <a:t>Вычислитель разностей (дифференциал) представлял собой специализированную машину, которая на основе алгоритма вычисляла таблицы полезных чисел в морском мореплавании методом конечных разностей. Самой интересной особенностью этого станка была запись результатов на выгравированной латунной пластине со стальным штампом, предсказывающая сегодняшние периферийные средства гравировки.</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Вычислитель разностей (дифференциал) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(разностная вычислительная машина) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>представлял собой специализированную машину, которая на основе алгоритма вычисляла </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>числовые </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таблицы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, полезные</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> в морско</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>й навигации, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>методом конечных разностей. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Наиболее </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>интересной особенностью этого станка была запись результатов на выгравированной латунной пластине со стальным штампом, предсказывающая сегодняшние периферийные средства гравировки.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3076" name="Picture 4" descr="https://upload.wikimedia.org/wikipedia/commons/5/53/BabbageDifferenceEngine.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2809423" y="1985014"/>
             <a:ext cx="2724602" cy="2005988"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3078" name="Picture 6" descr="https://upload.wikimedia.org/wikipedia/commons/0/09/050114_2529_difference.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6467475" y="2061251"/>
             <a:ext cx="2486023" cy="1864517"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="3968836"/>
-            <a:ext cx="5920965" cy="1754326"/>
+            <a:ext cx="5920965" cy="1753235"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just">
+            <a:pPr algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Аналитическая машина состояла из четырех компонентов:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-хранилище (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>память</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>);</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="just">
+            <a:pPr algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>мельница (расчетная </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>единица</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>);</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" algn="just">
+            <a:pPr marL="285750" indent="-285750" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...32 lines deleted...]
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>секция ввода</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>считыватель перфокарт</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>);</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" algn="just">
+            <a:pPr marL="285750" indent="-285750" algn="l">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...18 lines deleted...]
-              <a:t>выходная секция (перфорированная и печатная продукция).</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>секция</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> вывода</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(перфорированная и печатная продукция).</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="5657671"/>
-            <a:ext cx="8953498" cy="1200329"/>
+            <a:ext cx="8953498" cy="1198880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...6 lines deleted...]
-              <a:t>Журнал состоит из 100 слов по 50 знаков после запятой, каждое из которых используется для хранения переменных и результатов. Мельница могла принимать со склада операнды, которые могла складывать, вычитать, умножать или делить и, наконец, возвращать результат на склад.</a:t>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Хранилище </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>состоит из 100 слов по 50 знаков после запятой, каждое из которых используется для хранения переменных и результатов. Мельница могла принимать </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>из хранилища </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>операнды, которые могла складывать, вычитать, умножать или делить и, наконец, возвращать результат </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>обратно в хранилище</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3080" name="Picture 8" descr="https://upload.wikimedia.org/wikipedia/commons/thumb/8/87/Ada_Lovelace.jpg/800px-Ada_Lovelace.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5" cstate="print">
+          <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="9391161" y="1911893"/>
             <a:ext cx="2585221" cy="4100807"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -9961,558 +12442,784 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ro-RO" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Ada de Lovelace</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Прямоугольник 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6088185" y="4180343"/>
-            <a:ext cx="3055813" cy="1200329"/>
+            <a:ext cx="3055813" cy="1476375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Адаа Лавлейс-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>первый программист в истории. В ее честь язык программирования был назван ADA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1" y="0"/>
             <a:ext cx="12192000" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>В 1930 году немецкий студент Конрад Цузе построил серию вычислительных машин с использованием электромагнитных реле.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4100" name="Picture 4" descr="Konrad Zuse mit dem Nachbau seines ersten Computers, dem Z1."/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5296766" y="369332"/>
             <a:ext cx="6286500" cy="2362200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4102" name="Picture 6" descr="Z1 (вычислительная машина) — Википедия"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5296767" y="2731532"/>
             <a:ext cx="6286500" cy="3710313"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4104" name="Picture 8" descr="Computer History Museum | Computer history, Computer history museum, Old  computers"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1045028" y="369332"/>
             <a:ext cx="4034971" cy="2723607"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4106" name="Picture 10" descr="Z3 — Википедия"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5" cstate="print">
+          <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="293357" y="3150013"/>
             <a:ext cx="4692403" cy="3519302"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="1477328"/>
+            <a:ext cx="12192000" cy="1753235"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...7 lines deleted...]
-              <a:t>В Соединенных Штатах Джон Атанасофф из Государственного колледжа Йова создал логически похожую машину, используя другую технологию, основанную на идее Бэббиджа. Память состояла из емкостей, которые периодически перезаряжались, и эта идея используется сегодня для динамической ОЗУ с обновлением. Как и машина Бэббиджа, машина Джона Атанасова зависела от технологии и не работала. Однако история, похоже, сохранила прототип ABC (Atanasoff-Berry-Computer), Берри, ученик Атанасова, сделанный в 1939 году.</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В Соединенных Штатах Джон Атанасо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> из Государственного колледжа </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ай</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ова</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, исходя из идей Бэббиджа, создал машину, логически сходную, но использующую иную технологию</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Память была реализована на конденсаторах, которые периодически перезаряжались </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> идея, применяемая сегодня в динамической памяти RAM с обновлением (refresh)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Как и машина Бэббиджа, машина Джона Атанасова</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> была ограничена уровнем технологий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> и не </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>функционировала полноценно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. Однако история, похоже, сохранила прототип ABC (Atanasoff-Berry-Computer),</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> срзданный в 1939 году; Берри был студентом Атанасова</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5122" name="Picture 2" descr="Atanasoff-Berry Computer - CHM Revolution"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId1">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="1753788"/>
+            <a:ext cx="4633708" cy="3089139"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5124" name="Picture 4" descr="Book Review - The Man Who Invented the Computer - John Atanasoff - By Jane  Smiley - The New York Times"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4854323" y="1864043"/>
+            <a:ext cx="4381656" cy="2818866"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Прямоугольник 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="5266140"/>
+            <a:ext cx="12176281" cy="1476375"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="450215" algn="just">
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Джордж Стибиц из Bell Laboratories создал более примитивную машину, чем машина Атанасова, но обладающую большими достоинствами в ее работе, демонстрация которой состоялась в 1940 году в Дартмутском колледже.В 1944 году Говард </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>А</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>йкен построил машину из машины Бэббиджа, которую он долго изучал, создав новую машину на основе электромагнитных реле. В машине было 72 слова, каждое с 23 знаками после запятой</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (десятичные цифры)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, а время инструкции составляло 6 секунд. Вход и выход были сделаны из перфорированной бумаги.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5126" name="Picture 6" descr="John Vincent Atanasoff - Wikipedia"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="0" y="1367073"/>
-[...127 lines deleted...]
-            <a:off x="9725088" y="1914257"/>
+            <a:off x="9725088" y="2300972"/>
             <a:ext cx="1600200" cy="2105026"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -10520,1347 +13227,1782 @@
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="111946" y="0"/>
             <a:ext cx="6784486" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1" i="1">
+              <a:rPr lang="en-US" b="1" i="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Электронные ламповые машины первого поколения (1945–1955)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="111946" y="369332"/>
-            <a:ext cx="12080054" cy="1754326"/>
+            <a:ext cx="12080054" cy="2030095"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Логические схемы первого поколения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>выполнялись</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> на электронных лампах и потребляли очень много энергии. Основными особенностями этих компьютеров </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>были</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...21 lines deleted...]
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>память </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>магнитн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>о</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>м барабан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>е</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...21 lines deleted...]
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>использование </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>устройств чтения/перфорации бумажных носителей</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>наличие 10-20 простых инструкций, которые легли в основу языка </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>машинного </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>кода.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
-[...22 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="1800">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>С логической точки зрения различия по сравнению с машиной Бэббиджа были невелики, однако технологически начиналась электронная эра.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="199175" y="2123658"/>
+            <a:off x="111545" y="2363053"/>
             <a:ext cx="5776111" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Основными компьютерами этого поколения были:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="39229" y="2492990"/>
-            <a:ext cx="11965665" cy="369332"/>
+            <a:off x="3291840" y="2610485"/>
+            <a:ext cx="8900160" cy="530225"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
-            <a:spAutoFit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
+              <a:rPr lang="en-US" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ENIGMA</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="ru-RU" altLang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>машина, созданная </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Германи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>и</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> во время Второй мировой войны для передачи </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>зашифрованных </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>сообщений</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ro-RO" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6146" name="Picture 2" descr="Энигма — Википедия"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="254061" y="2862322"/>
             <a:ext cx="2833169" cy="3777558"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3103972" y="2862322"/>
-            <a:ext cx="8900921" cy="923330"/>
+            <a:off x="3105242" y="3140452"/>
+            <a:ext cx="8900921" cy="922020"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
-[...18 lines deleted...]
-              <a:t>машины, сделанные англичанами для расшифровки сообщений ENIGMA. Стоит упомянуть, что Аллан Тьюринг, впоследствии известный как создатель машины Тьюринга, также внес свой вклад в их изготовление.</a:t>
+              <a:rPr lang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>COLOSSUS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>машины, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>изготовленные в Великобритании</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> для расшифровки сообщений ENIGMA. Стоит упомянуть, что Аллан Тьюринг, впоследствии известный как создатель машины Тьюринга, также внес свой вклад в их изготовление.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6148" name="Picture 4" descr="Colossus computer - Wikipedia"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3302062" y="4062651"/>
             <a:ext cx="7048500" cy="2714626"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="91216"/>
-            <a:ext cx="12113537" cy="2585323"/>
+            <a:ext cx="12113537" cy="2306955"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
+              <a:rPr lang="en-US" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ENIAC (электронный числовой интегратор и компьютер), </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>созданный Джоном Мо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>к</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ли и Джоном Эккертом (Пенсильванский университет) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>при участии </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Джон</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>а</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> фон Нейман</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>а</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. Он был разработан для решения дифференциальных уравнений в частных производных и нашел применение в военной сфере, при расчете баллистических траекторий и даже при </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>создании </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>атомной бомбы в Манхэттенском проекте. Он имел следующие </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>характеристики</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>19000 электронных ламп и 1500 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>реле</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>30 отдельных блоков обработки </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>данных</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>20 регистров по 10 десятичных разрядов для окончательных и частичных </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>результатов</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>выполнять 5000 операций в секунду.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7170" name="Picture 2" descr="ENIAC (Electronic Numerical Integrator And Computer) | Computer history,  Computer photo, Old computers"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId1" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="9215877" y="1383877"/>
             <a:ext cx="2897660" cy="2321348"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="71290" y="3449241"/>
-            <a:ext cx="8191500" cy="3416320"/>
+            <a:ext cx="8191500" cy="3415030"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" b="1">
+              <a:rPr lang="en-US" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>EDVAC </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO" b="1">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(электронный автоматический компьютер с дискретными переменными), компьютер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, содержавший около </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>4000 электронны</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>х</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ламп. Важно, что в команду, разработавшую его, входил и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Джон фон Нейман</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, опубликовавший в 1947 году принципы современного компьютера, действующие и сегодня. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Машина </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>фон Неймана </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> универсальная, неспециализированная модель </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>вычислительной машины </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>со следующими </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>элементами</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>память, содержащая программы (инструкции) и </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>данные</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>арифметико-логическое устройство (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>УАЛ</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>);</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...10 lines deleted...]
-              <a:rPr lang="ru-MO">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>блок, позволяющий осуществлять обмен информацией с периферийными устройствами </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>устройство ввода/вывода (УВВ)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(U </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>I/E</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="450215" algn="just">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-MO" smtClean="0">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>- </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-MO">
-[...7 lines deleted...]
-              <a:t>блок управления (ЦП).Эти устройства выполняют основные функции компьютера.</a:t>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>блок управления (ЦП)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-устройство управления (УУ)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.Эти устройства </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>реализуют </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>основные функции компьютера.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7172" name="Picture 4" descr="La EDVAC (Electronic Discrete Variable Automatic Computer) , fue una de las  primeras computadoras electrónicas. A diferencia de la ENIAC, no era  decimal, sino b…"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8262790" y="3844958"/>
             <a:ext cx="3608534" cy="2907448"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Тема Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -12075,55 +15217,53 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -12336,121 +15476,138 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>2101</Words>
-  <Application>Microsoft Office PowerPoint</Application>
+  <Words>15171</Words>
+  <Application>WPS Presentation</Application>
   <PresentationFormat>Произвольный</PresentationFormat>
-  <Paragraphs>114</Paragraphs>
+  <Paragraphs>172</Paragraphs>
   <Slides>20</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Тема</vt:lpstr>
+        <vt:lpstr>已用的字体</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>主题</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Заголовки слайдов</vt:lpstr>
+        <vt:lpstr>幻灯片标题</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="21" baseType="lpstr">
+    <vt:vector size="29" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>SimSun</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Microsoft YaHei</vt:lpstr>
+      <vt:lpstr>Arial Unicode MS</vt:lpstr>
+      <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Arhitectura Calculatoarelor  T.2 – Краткая история развития компьютеров</vt:lpstr>
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-[...17 lines deleted...]
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
+      <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Circuite și Dispozitive Electronice  L.1 – Introducere </dc:title>
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="NXPowerLiteLastOptimized">
     <vt:lpwstr>1018573</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="NXPowerLiteSettings">
     <vt:lpwstr>C7000400038000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="NXPowerLiteVersion">
     <vt:lpwstr>S9.0.3</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ICV">
+    <vt:lpwstr>52968B5E0E1F4E54946AB593BC7C2585_12</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="KSOProductBuildVer">
+    <vt:lpwstr>1033-12.2.0.23196</vt:lpwstr>
+  </property>
 </Properties>
 </file>